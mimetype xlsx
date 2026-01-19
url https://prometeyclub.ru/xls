--- v0 (2025-10-11)
+++ v1 (2026-01-19)
@@ -1,71 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="22527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.25.100\Pub\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF09440B-1210-4146-BA19-22D58FE7E885}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{01ADA317-B9E9-450E-BF18-3A2F5B3E5C3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс +7% и +10%" sheetId="7" r:id="rId1"/>
+    <sheet name="2026" sheetId="7" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...4 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="65">
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>Тип размещения</t>
   </si>
   <si>
     <t>Стоимость на человека в сутки в КОТТЕДЖАХ</t>
   </si>
   <si>
     <t>по системе «Все включено», руб.</t>
   </si>
   <si>
     <t>08/06-01/07 25/08-20/09</t>
   </si>
   <si>
     <t>01/07-01/08     20/08-25/08</t>
   </si>
@@ -220,106 +214,114 @@
   <si>
     <t>Luxe №150 1-комнатный мансардный</t>
   </si>
   <si>
     <t>Luxe №154 1-комнатный мансардный</t>
   </si>
   <si>
     <t>Luxe 2-комнатный</t>
   </si>
   <si>
     <t>Luxe №155 2-комнатный мансардный</t>
   </si>
   <si>
     <t>Luxe 3-комнатный</t>
   </si>
   <si>
     <t>Apartment №148                 2-х комнатный</t>
   </si>
   <si>
     <t xml:space="preserve">Apartment №133            2-комнатный   </t>
   </si>
   <si>
     <t>Apartment №139,142,145                         3-х комнатный</t>
   </si>
   <si>
+    <t>22/05-08/06     20/09-18/10</t>
+  </si>
+  <si>
     <t xml:space="preserve">                                                                           ДЕТИ ДО 2 ЛЕТ РАЗМЕЩАЮТСЯ БЕСПЛАТНО</t>
-  </si>
-[...1 lines deleted...]
-    <t>23/05-08/06     20/09-19/10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -823,51 +825,51 @@
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="72">
+  <cellXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -885,202 +887,197 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...142 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1359,3867 +1356,3867 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AC82CA5-AF5E-464E-813C-1547383C2574}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J145"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E17" sqref="E17"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="A147" sqref="A147:M454"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23.85546875" customWidth="1"/>
     <col min="2" max="2" width="19" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A1" s="24" t="s">
+    <row r="1" spans="1:10" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="27" t="s">
+      <c r="B1" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="46" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="47"/>
       <c r="E1" s="47"/>
       <c r="F1" s="47"/>
       <c r="G1" s="47"/>
       <c r="H1" s="47"/>
       <c r="I1" s="47"/>
       <c r="J1" s="48"/>
     </row>
-    <row r="2" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B2" s="28"/>
+    <row r="2" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="38"/>
+      <c r="B2" s="26"/>
       <c r="C2" s="49" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="50"/>
       <c r="E2" s="50"/>
       <c r="F2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="50"/>
       <c r="I2" s="50"/>
       <c r="J2" s="51"/>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B3" s="28"/>
+    <row r="3" spans="1:10" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="38"/>
+      <c r="B3" s="26"/>
       <c r="C3" s="52" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D3" s="53"/>
       <c r="E3" s="53" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="53"/>
       <c r="G3" s="53" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="53"/>
       <c r="I3" s="53" t="s">
         <v>6</v>
       </c>
       <c r="J3" s="56"/>
     </row>
     <row r="4" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="26"/>
-      <c r="B4" s="29"/>
+      <c r="A4" s="39"/>
+      <c r="B4" s="40"/>
       <c r="C4" s="54"/>
       <c r="D4" s="55"/>
       <c r="E4" s="55"/>
       <c r="F4" s="55"/>
       <c r="G4" s="55"/>
       <c r="H4" s="55"/>
       <c r="I4" s="55"/>
       <c r="J4" s="57"/>
     </row>
     <row r="5" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="21" t="s">
+      <c r="A5" s="29" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C5" s="42">
-[...14 lines deleted...]
-      <c r="J5" s="43"/>
+      <c r="C5" s="60">
+        <v>6140</v>
+      </c>
+      <c r="D5" s="61"/>
+      <c r="E5" s="60">
+        <v>7510</v>
+      </c>
+      <c r="F5" s="61"/>
+      <c r="G5" s="60">
+        <v>8870</v>
+      </c>
+      <c r="H5" s="61"/>
+      <c r="I5" s="60">
+        <v>10400</v>
+      </c>
+      <c r="J5" s="61"/>
     </row>
     <row r="6" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="23"/>
+      <c r="A6" s="27"/>
       <c r="B6" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="44">
-[...14 lines deleted...]
-      <c r="J6" s="45"/>
+      <c r="C6" s="58">
+        <v>4880</v>
+      </c>
+      <c r="D6" s="59"/>
+      <c r="E6" s="58">
+        <v>6040</v>
+      </c>
+      <c r="F6" s="59"/>
+      <c r="G6" s="58">
+        <v>7250</v>
+      </c>
+      <c r="H6" s="59"/>
+      <c r="I6" s="58">
+        <v>8400</v>
+      </c>
+      <c r="J6" s="59"/>
     </row>
     <row r="7" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="22"/>
+      <c r="A7" s="28"/>
       <c r="B7" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C7" s="44">
-[...14 lines deleted...]
-      <c r="J7" s="45"/>
+      <c r="C7" s="58">
+        <v>3260</v>
+      </c>
+      <c r="D7" s="59"/>
+      <c r="E7" s="58">
+        <v>3940</v>
+      </c>
+      <c r="F7" s="59"/>
+      <c r="G7" s="58">
+        <v>4620</v>
+      </c>
+      <c r="H7" s="59"/>
+      <c r="I7" s="58">
+        <v>5300</v>
+      </c>
+      <c r="J7" s="59"/>
     </row>
     <row r="8" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="21" t="s">
+      <c r="A8" s="29" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="42">
-[...14 lines deleted...]
-      <c r="J8" s="43"/>
+      <c r="C8" s="60">
+        <v>6930</v>
+      </c>
+      <c r="D8" s="61"/>
+      <c r="E8" s="60">
+        <v>8870</v>
+      </c>
+      <c r="F8" s="61"/>
+      <c r="G8" s="60">
+        <v>10130</v>
+      </c>
+      <c r="H8" s="61"/>
+      <c r="I8" s="60">
+        <v>11500</v>
+      </c>
+      <c r="J8" s="61"/>
     </row>
     <row r="9" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="22"/>
+      <c r="A9" s="28"/>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="44">
-[...14 lines deleted...]
-      <c r="J9" s="45"/>
+      <c r="C9" s="58">
+        <v>3830</v>
+      </c>
+      <c r="D9" s="59"/>
+      <c r="E9" s="58">
+        <v>4880</v>
+      </c>
+      <c r="F9" s="59"/>
+      <c r="G9" s="58">
+        <v>5200</v>
+      </c>
+      <c r="H9" s="59"/>
+      <c r="I9" s="58">
+        <v>5930</v>
+      </c>
+      <c r="J9" s="59"/>
     </row>
     <row r="10" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="21" t="s">
+      <c r="A10" s="29" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C10" s="42">
-[...14 lines deleted...]
-      <c r="J10" s="43"/>
+      <c r="C10" s="60">
+        <v>6670</v>
+      </c>
+      <c r="D10" s="61"/>
+      <c r="E10" s="60">
+        <v>8720</v>
+      </c>
+      <c r="F10" s="61"/>
+      <c r="G10" s="60">
+        <v>9870</v>
+      </c>
+      <c r="H10" s="61"/>
+      <c r="I10" s="60">
+        <v>11080</v>
+      </c>
+      <c r="J10" s="61"/>
     </row>
     <row r="11" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="23"/>
+      <c r="A11" s="27"/>
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C11" s="44">
-[...14 lines deleted...]
-      <c r="J11" s="45"/>
+      <c r="C11" s="58">
+        <v>5300</v>
+      </c>
+      <c r="D11" s="59"/>
+      <c r="E11" s="58">
+        <v>6980</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="58">
+        <v>7930</v>
+      </c>
+      <c r="H11" s="59"/>
+      <c r="I11" s="58">
+        <v>8980</v>
+      </c>
+      <c r="J11" s="59"/>
     </row>
     <row r="12" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="22"/>
+      <c r="A12" s="28"/>
       <c r="B12" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C12" s="44">
-[...14 lines deleted...]
-      <c r="J12" s="45"/>
+      <c r="C12" s="58">
+        <v>3830</v>
+      </c>
+      <c r="D12" s="59"/>
+      <c r="E12" s="58">
+        <v>4620</v>
+      </c>
+      <c r="F12" s="59"/>
+      <c r="G12" s="58">
+        <v>5150</v>
+      </c>
+      <c r="H12" s="59"/>
+      <c r="I12" s="58">
+        <v>5830</v>
+      </c>
+      <c r="J12" s="59"/>
     </row>
     <row r="13" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="21" t="s">
+      <c r="A13" s="29" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="19">
-        <v>8800</v>
+        <v>8980</v>
       </c>
       <c r="D13" s="19">
-        <v>9300</v>
+        <v>9490</v>
       </c>
       <c r="E13" s="19">
-        <v>11100</v>
+        <v>11320</v>
       </c>
       <c r="F13" s="19">
-        <v>11700</v>
+        <v>11930</v>
       </c>
       <c r="G13" s="19">
-        <v>12700</v>
+        <v>12950</v>
       </c>
       <c r="H13" s="19">
-        <v>13350</v>
+        <v>13620</v>
       </c>
       <c r="I13" s="19">
-        <v>14300</v>
+        <v>14590</v>
       </c>
       <c r="J13" s="19">
-        <v>15050</v>
+        <v>15350</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="23"/>
+      <c r="A14" s="27"/>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="20">
-        <v>7050</v>
+        <v>7190</v>
       </c>
       <c r="D14" s="20">
-        <v>7400</v>
+        <v>7550</v>
       </c>
       <c r="E14" s="20">
-        <v>8900</v>
+        <v>9080</v>
       </c>
       <c r="F14" s="20">
-        <v>9350</v>
+        <v>9540</v>
       </c>
       <c r="G14" s="20">
-        <v>10400</v>
+        <v>10610</v>
       </c>
       <c r="H14" s="20">
-        <v>11000</v>
+        <v>11220</v>
       </c>
       <c r="I14" s="20">
-        <v>11800</v>
+        <v>12040</v>
       </c>
       <c r="J14" s="20">
-        <v>12400</v>
+        <v>12650</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="22"/>
+      <c r="A15" s="28"/>
       <c r="B15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="20">
-        <v>4750</v>
+        <v>4850</v>
       </c>
       <c r="D15" s="20">
-        <v>5000</v>
+        <v>5100</v>
       </c>
       <c r="E15" s="20">
-        <v>5700</v>
+        <v>5810</v>
       </c>
       <c r="F15" s="20">
-        <v>6000</v>
+        <v>6120</v>
       </c>
       <c r="G15" s="20">
-        <v>6700</v>
+        <v>6830</v>
       </c>
       <c r="H15" s="20">
-        <v>7050</v>
+        <v>7190</v>
       </c>
       <c r="I15" s="20">
-        <v>7700</v>
+        <v>7850</v>
       </c>
       <c r="J15" s="20">
-        <v>8050</v>
+        <v>8210</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="21" t="s">
+      <c r="A16" s="29" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="19">
-        <v>9350</v>
+        <v>9540</v>
       </c>
       <c r="D16" s="19">
-        <v>10600</v>
+        <v>10810</v>
       </c>
       <c r="E16" s="19">
-        <v>11800</v>
+        <v>11020</v>
       </c>
       <c r="F16" s="19">
-        <v>12200</v>
+        <v>12440</v>
       </c>
       <c r="G16" s="19">
-        <v>14150</v>
+        <v>14430</v>
       </c>
       <c r="H16" s="19">
-        <v>15250</v>
+        <v>15560</v>
       </c>
       <c r="I16" s="19">
-        <v>15500</v>
+        <v>15810</v>
       </c>
       <c r="J16" s="19">
-        <v>17450</v>
+        <v>17800</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="23"/>
+      <c r="A17" s="27"/>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="20">
-        <v>7350</v>
+        <v>7500</v>
       </c>
       <c r="D17" s="20">
-        <v>7600</v>
+        <v>7750</v>
       </c>
       <c r="E17" s="20">
-        <v>9200</v>
+        <v>9380</v>
       </c>
       <c r="F17" s="20">
-        <v>10800</v>
+        <v>11020</v>
       </c>
       <c r="G17" s="20">
-        <v>11450</v>
+        <v>11680</v>
       </c>
       <c r="H17" s="20">
-        <v>12050</v>
+        <v>12290</v>
       </c>
       <c r="I17" s="20">
-        <v>12600</v>
+        <v>12850</v>
       </c>
       <c r="J17" s="20">
-        <v>13900</v>
+        <v>14180</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="22"/>
+      <c r="A18" s="28"/>
       <c r="B18" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="20">
-        <v>4800</v>
+        <v>4900</v>
       </c>
       <c r="D18" s="20">
-        <v>5150</v>
+        <v>5250</v>
       </c>
       <c r="E18" s="20">
-        <v>5400</v>
+        <v>5510</v>
       </c>
       <c r="F18" s="20">
-        <v>6200</v>
+        <v>6320</v>
       </c>
       <c r="G18" s="20">
-        <v>7050</v>
+        <v>7190</v>
       </c>
       <c r="H18" s="20">
-        <v>7600</v>
+        <v>7750</v>
       </c>
       <c r="I18" s="20">
-        <v>8050</v>
+        <v>8210</v>
       </c>
       <c r="J18" s="20">
-        <v>8750</v>
+        <v>8930</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="21" t="s">
+      <c r="A19" s="29" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="42">
-[...14 lines deleted...]
-      <c r="J19" s="43"/>
+      <c r="C19" s="60">
+        <v>11170</v>
+      </c>
+      <c r="D19" s="61"/>
+      <c r="E19" s="60">
+        <v>13620</v>
+      </c>
+      <c r="F19" s="61"/>
+      <c r="G19" s="60">
+        <v>15560</v>
+      </c>
+      <c r="H19" s="61"/>
+      <c r="I19" s="60">
+        <v>17850</v>
+      </c>
+      <c r="J19" s="61"/>
     </row>
     <row r="20" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="23"/>
+      <c r="A20" s="27"/>
       <c r="B20" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C20" s="44">
-[...14 lines deleted...]
-      <c r="J20" s="45"/>
+      <c r="C20" s="58">
+        <v>9030</v>
+      </c>
+      <c r="D20" s="59"/>
+      <c r="E20" s="58">
+        <v>11020</v>
+      </c>
+      <c r="F20" s="59"/>
+      <c r="G20" s="58">
+        <v>12440</v>
+      </c>
+      <c r="H20" s="59"/>
+      <c r="I20" s="58">
+        <v>14280</v>
+      </c>
+      <c r="J20" s="59"/>
     </row>
     <row r="21" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="22"/>
+      <c r="A21" s="28"/>
       <c r="B21" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C21" s="44">
-[...14 lines deleted...]
-      <c r="J21" s="45"/>
+      <c r="C21" s="58">
+        <v>5870</v>
+      </c>
+      <c r="D21" s="59"/>
+      <c r="E21" s="58">
+        <v>6890</v>
+      </c>
+      <c r="F21" s="59"/>
+      <c r="G21" s="58">
+        <v>7800</v>
+      </c>
+      <c r="H21" s="59"/>
+      <c r="I21" s="58">
+        <v>9030</v>
+      </c>
+      <c r="J21" s="59"/>
     </row>
     <row r="22" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="32" t="s">
+      <c r="A22" s="43" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C22" s="42">
-[...14 lines deleted...]
-      <c r="J22" s="59"/>
+      <c r="C22" s="64">
+        <v>7400</v>
+      </c>
+      <c r="D22" s="65"/>
+      <c r="E22" s="64">
+        <v>9350</v>
+      </c>
+      <c r="F22" s="65"/>
+      <c r="G22" s="64">
+        <v>10820</v>
+      </c>
+      <c r="H22" s="65"/>
+      <c r="I22" s="64">
+        <v>12080</v>
+      </c>
+      <c r="J22" s="65"/>
     </row>
     <row r="23" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="33"/>
+      <c r="A23" s="44"/>
       <c r="B23" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C23" s="44">
-[...14 lines deleted...]
-      <c r="J23" s="58"/>
+      <c r="C23" s="62">
+        <v>5880</v>
+      </c>
+      <c r="D23" s="63"/>
+      <c r="E23" s="62">
+        <v>7300</v>
+      </c>
+      <c r="F23" s="63"/>
+      <c r="G23" s="62">
+        <v>8770</v>
+      </c>
+      <c r="H23" s="63"/>
+      <c r="I23" s="62">
+        <v>9920</v>
+      </c>
+      <c r="J23" s="63"/>
     </row>
     <row r="24" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="34"/>
+      <c r="A24" s="45"/>
       <c r="B24" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C24" s="44">
-[...14 lines deleted...]
-      <c r="J24" s="58"/>
+      <c r="C24" s="62">
+        <v>4250</v>
+      </c>
+      <c r="D24" s="63"/>
+      <c r="E24" s="62">
+        <v>4880</v>
+      </c>
+      <c r="F24" s="63"/>
+      <c r="G24" s="62">
+        <v>5620</v>
+      </c>
+      <c r="H24" s="63"/>
+      <c r="I24" s="62">
+        <v>6250</v>
+      </c>
+      <c r="J24" s="63"/>
     </row>
     <row r="25" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="32" t="s">
+      <c r="A25" s="43" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C25" s="62">
-[...14 lines deleted...]
-      <c r="J25" s="63"/>
+      <c r="C25" s="64">
+        <v>8030</v>
+      </c>
+      <c r="D25" s="65"/>
+      <c r="E25" s="64">
+        <v>10130</v>
+      </c>
+      <c r="F25" s="65"/>
+      <c r="G25" s="64">
+        <v>11600</v>
+      </c>
+      <c r="H25" s="65"/>
+      <c r="I25" s="64">
+        <v>13070</v>
+      </c>
+      <c r="J25" s="65"/>
     </row>
     <row r="26" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="33"/>
+      <c r="A26" s="44"/>
       <c r="B26" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C26" s="60">
-[...14 lines deleted...]
-      <c r="J26" s="61"/>
+      <c r="C26" s="62">
+        <v>6460</v>
+      </c>
+      <c r="D26" s="63"/>
+      <c r="E26" s="62">
+        <v>8140</v>
+      </c>
+      <c r="F26" s="63"/>
+      <c r="G26" s="62">
+        <v>9500</v>
+      </c>
+      <c r="H26" s="63"/>
+      <c r="I26" s="62">
+        <v>10760</v>
+      </c>
+      <c r="J26" s="63"/>
     </row>
     <row r="27" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="34"/>
+      <c r="A27" s="45"/>
       <c r="B27" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C27" s="60">
-[...14 lines deleted...]
-      <c r="J27" s="61"/>
+      <c r="C27" s="62">
+        <v>4360</v>
+      </c>
+      <c r="D27" s="63"/>
+      <c r="E27" s="62">
+        <v>5200</v>
+      </c>
+      <c r="F27" s="63"/>
+      <c r="G27" s="62">
+        <v>6140</v>
+      </c>
+      <c r="H27" s="63"/>
+      <c r="I27" s="62">
+        <v>7040</v>
+      </c>
+      <c r="J27" s="63"/>
     </row>
     <row r="28" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="32" t="s">
+      <c r="A28" s="43" t="s">
         <v>20</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C28" s="42">
-[...14 lines deleted...]
-      <c r="J28" s="43"/>
+      <c r="C28" s="64">
+        <v>9130</v>
+      </c>
+      <c r="D28" s="65"/>
+      <c r="E28" s="64">
+        <v>11420</v>
+      </c>
+      <c r="F28" s="65"/>
+      <c r="G28" s="64">
+        <v>13110</v>
+      </c>
+      <c r="H28" s="65"/>
+      <c r="I28" s="64">
+        <v>14740</v>
+      </c>
+      <c r="J28" s="65"/>
     </row>
     <row r="29" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="33"/>
+      <c r="A29" s="44"/>
       <c r="B29" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C29" s="44">
-[...14 lines deleted...]
-      <c r="J29" s="45"/>
+      <c r="C29" s="62">
+        <v>7290</v>
+      </c>
+      <c r="D29" s="63"/>
+      <c r="E29" s="62">
+        <v>9130</v>
+      </c>
+      <c r="F29" s="63"/>
+      <c r="G29" s="62">
+        <v>10760</v>
+      </c>
+      <c r="H29" s="63"/>
+      <c r="I29" s="62">
+        <v>12190</v>
+      </c>
+      <c r="J29" s="63"/>
     </row>
     <row r="30" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="34"/>
+      <c r="A30" s="45"/>
       <c r="B30" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C30" s="44">
-[...14 lines deleted...]
-      <c r="J30" s="45"/>
+      <c r="C30" s="62">
+        <v>4850</v>
+      </c>
+      <c r="D30" s="63"/>
+      <c r="E30" s="62">
+        <v>5870</v>
+      </c>
+      <c r="F30" s="63"/>
+      <c r="G30" s="62">
+        <v>6990</v>
+      </c>
+      <c r="H30" s="63"/>
+      <c r="I30" s="62">
+        <v>8010</v>
+      </c>
+      <c r="J30" s="63"/>
     </row>
     <row r="31" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="30" t="s">
+      <c r="A31" s="41" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="C31" s="42">
-[...14 lines deleted...]
-      <c r="J31" s="43"/>
+      <c r="C31" s="64">
+        <v>10350</v>
+      </c>
+      <c r="D31" s="65"/>
+      <c r="E31" s="64">
+        <v>11730</v>
+      </c>
+      <c r="F31" s="65"/>
+      <c r="G31" s="64">
+        <v>13870</v>
+      </c>
+      <c r="H31" s="65"/>
+      <c r="I31" s="64">
+        <v>15300</v>
+      </c>
+      <c r="J31" s="65"/>
     </row>
     <row r="32" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="30"/>
+      <c r="A32" s="41"/>
       <c r="B32" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C32" s="44">
-[...14 lines deleted...]
-      <c r="J32" s="45"/>
+      <c r="C32" s="62">
+        <v>8310</v>
+      </c>
+      <c r="D32" s="63"/>
+      <c r="E32" s="62">
+        <v>9540</v>
+      </c>
+      <c r="F32" s="63"/>
+      <c r="G32" s="62">
+        <v>11370</v>
+      </c>
+      <c r="H32" s="63"/>
+      <c r="I32" s="62">
+        <v>12340</v>
+      </c>
+      <c r="J32" s="63"/>
     </row>
     <row r="33" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="31"/>
+      <c r="A33" s="42"/>
       <c r="B33" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="C33" s="44">
-[...14 lines deleted...]
-      <c r="J33" s="45"/>
+      <c r="C33" s="62">
+        <v>5300</v>
+      </c>
+      <c r="D33" s="63"/>
+      <c r="E33" s="62">
+        <v>6020</v>
+      </c>
+      <c r="F33" s="63"/>
+      <c r="G33" s="62">
+        <v>7190</v>
+      </c>
+      <c r="H33" s="63"/>
+      <c r="I33" s="62">
+        <v>8010</v>
+      </c>
+      <c r="J33" s="63"/>
     </row>
     <row r="34" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="24" t="s">
+      <c r="A34" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B34" s="27" t="s">
+      <c r="B34" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C34" s="46" t="s">
         <v>22</v>
       </c>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="48"/>
     </row>
     <row r="35" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="25"/>
-      <c r="B35" s="28"/>
+      <c r="A35" s="38"/>
+      <c r="B35" s="26"/>
       <c r="C35" s="49" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="50"/>
       <c r="E35" s="50"/>
       <c r="F35" s="50"/>
       <c r="G35" s="50"/>
       <c r="H35" s="50"/>
       <c r="I35" s="50"/>
       <c r="J35" s="51"/>
     </row>
     <row r="36" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="25"/>
-      <c r="B36" s="28"/>
+      <c r="A36" s="38"/>
+      <c r="B36" s="26"/>
       <c r="C36" s="52" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D36" s="53"/>
       <c r="E36" s="53" t="s">
         <v>4</v>
       </c>
       <c r="F36" s="53"/>
       <c r="G36" s="53" t="s">
         <v>5</v>
       </c>
       <c r="H36" s="53"/>
       <c r="I36" s="53" t="s">
         <v>6</v>
       </c>
       <c r="J36" s="56"/>
     </row>
     <row r="37" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="25"/>
-      <c r="B37" s="28"/>
+      <c r="A37" s="38"/>
+      <c r="B37" s="26"/>
       <c r="C37" s="54"/>
       <c r="D37" s="55"/>
       <c r="E37" s="55"/>
       <c r="F37" s="55"/>
-      <c r="G37" s="64"/>
-[...2 lines deleted...]
-      <c r="J37" s="65"/>
+      <c r="G37" s="66"/>
+      <c r="H37" s="66"/>
+      <c r="I37" s="66"/>
+      <c r="J37" s="67"/>
     </row>
     <row r="38" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="21" t="s">
+      <c r="A38" s="29" t="s">
         <v>23</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C38" s="42">
-[...14 lines deleted...]
-      <c r="J38" s="43"/>
+      <c r="C38" s="60">
+        <v>6140</v>
+      </c>
+      <c r="D38" s="61"/>
+      <c r="E38" s="60">
+        <v>7510</v>
+      </c>
+      <c r="F38" s="61"/>
+      <c r="G38" s="60">
+        <v>8870</v>
+      </c>
+      <c r="H38" s="61"/>
+      <c r="I38" s="60">
+        <v>10400</v>
+      </c>
+      <c r="J38" s="61"/>
     </row>
     <row r="39" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="23"/>
+      <c r="A39" s="27"/>
       <c r="B39" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C39" s="44">
-[...14 lines deleted...]
-      <c r="J39" s="45"/>
+      <c r="C39" s="58">
+        <v>4880</v>
+      </c>
+      <c r="D39" s="59"/>
+      <c r="E39" s="58">
+        <v>6040</v>
+      </c>
+      <c r="F39" s="59"/>
+      <c r="G39" s="58">
+        <v>7250</v>
+      </c>
+      <c r="H39" s="59"/>
+      <c r="I39" s="58">
+        <v>8400</v>
+      </c>
+      <c r="J39" s="59"/>
     </row>
     <row r="40" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="22"/>
+      <c r="A40" s="28"/>
       <c r="B40" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C40" s="44">
-[...14 lines deleted...]
-      <c r="J40" s="45"/>
+      <c r="C40" s="58">
+        <v>3260</v>
+      </c>
+      <c r="D40" s="59"/>
+      <c r="E40" s="58">
+        <v>3940</v>
+      </c>
+      <c r="F40" s="59"/>
+      <c r="G40" s="58">
+        <v>4620</v>
+      </c>
+      <c r="H40" s="59"/>
+      <c r="I40" s="58">
+        <v>5300</v>
+      </c>
+      <c r="J40" s="59"/>
     </row>
     <row r="41" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="21" t="s">
+      <c r="A41" s="29" t="s">
         <v>24</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C41" s="42">
-[...14 lines deleted...]
-      <c r="J41" s="43"/>
+      <c r="C41" s="60">
+        <v>6670</v>
+      </c>
+      <c r="D41" s="61"/>
+      <c r="E41" s="60">
+        <v>8720</v>
+      </c>
+      <c r="F41" s="61"/>
+      <c r="G41" s="60">
+        <v>9870</v>
+      </c>
+      <c r="H41" s="61"/>
+      <c r="I41" s="60">
+        <v>11080</v>
+      </c>
+      <c r="J41" s="61"/>
     </row>
     <row r="42" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="23"/>
+      <c r="A42" s="27"/>
       <c r="B42" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C42" s="44">
-[...14 lines deleted...]
-      <c r="J42" s="45"/>
+      <c r="C42" s="58">
+        <v>5300</v>
+      </c>
+      <c r="D42" s="59"/>
+      <c r="E42" s="58">
+        <v>6980</v>
+      </c>
+      <c r="F42" s="59"/>
+      <c r="G42" s="58">
+        <v>7930</v>
+      </c>
+      <c r="H42" s="59"/>
+      <c r="I42" s="58">
+        <v>8980</v>
+      </c>
+      <c r="J42" s="59"/>
     </row>
     <row r="43" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="22"/>
+      <c r="A43" s="28"/>
       <c r="B43" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C43" s="44">
-[...14 lines deleted...]
-      <c r="J43" s="45"/>
+      <c r="C43" s="58">
+        <v>3830</v>
+      </c>
+      <c r="D43" s="59"/>
+      <c r="E43" s="58">
+        <v>4620</v>
+      </c>
+      <c r="F43" s="59"/>
+      <c r="G43" s="58">
+        <v>5150</v>
+      </c>
+      <c r="H43" s="59"/>
+      <c r="I43" s="58">
+        <v>5830</v>
+      </c>
+      <c r="J43" s="59"/>
     </row>
     <row r="44" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="21" t="s">
+      <c r="A44" s="29" t="s">
         <v>25</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C44" s="42">
-[...14 lines deleted...]
-      <c r="J44" s="43"/>
+      <c r="C44" s="60">
+        <v>6140</v>
+      </c>
+      <c r="D44" s="61"/>
+      <c r="E44" s="60">
+        <v>7510</v>
+      </c>
+      <c r="F44" s="61"/>
+      <c r="G44" s="60">
+        <v>8870</v>
+      </c>
+      <c r="H44" s="61"/>
+      <c r="I44" s="60">
+        <v>10400</v>
+      </c>
+      <c r="J44" s="61"/>
     </row>
     <row r="45" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="23"/>
+      <c r="A45" s="27"/>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C45" s="44">
-[...14 lines deleted...]
-      <c r="J45" s="45"/>
+      <c r="C45" s="58">
+        <v>4880</v>
+      </c>
+      <c r="D45" s="59"/>
+      <c r="E45" s="58">
+        <v>6040</v>
+      </c>
+      <c r="F45" s="59"/>
+      <c r="G45" s="58">
+        <v>7250</v>
+      </c>
+      <c r="H45" s="59"/>
+      <c r="I45" s="58">
+        <v>8400</v>
+      </c>
+      <c r="J45" s="59"/>
     </row>
     <row r="46" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="22"/>
+      <c r="A46" s="28"/>
       <c r="B46" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C46" s="44">
-[...14 lines deleted...]
-      <c r="J46" s="45"/>
+      <c r="C46" s="58">
+        <v>3260</v>
+      </c>
+      <c r="D46" s="59"/>
+      <c r="E46" s="58">
+        <v>3940</v>
+      </c>
+      <c r="F46" s="59"/>
+      <c r="G46" s="58">
+        <v>4620</v>
+      </c>
+      <c r="H46" s="59"/>
+      <c r="I46" s="58">
+        <v>5300</v>
+      </c>
+      <c r="J46" s="59"/>
     </row>
     <row r="47" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="21" t="s">
+      <c r="A47" s="29" t="s">
         <v>26</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C47" s="62">
-[...14 lines deleted...]
-      <c r="J47" s="63"/>
+      <c r="C47" s="60">
+        <v>7250</v>
+      </c>
+      <c r="D47" s="61"/>
+      <c r="E47" s="60">
+        <v>9190</v>
+      </c>
+      <c r="F47" s="61"/>
+      <c r="G47" s="60">
+        <v>10400</v>
+      </c>
+      <c r="H47" s="61"/>
+      <c r="I47" s="60">
+        <v>11810</v>
+      </c>
+      <c r="J47" s="61"/>
     </row>
     <row r="48" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="23"/>
+      <c r="A48" s="27"/>
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C48" s="60">
-[...14 lines deleted...]
-      <c r="J48" s="61"/>
+      <c r="C48" s="58">
+        <v>5670</v>
+      </c>
+      <c r="D48" s="59"/>
+      <c r="E48" s="58">
+        <v>7400</v>
+      </c>
+      <c r="F48" s="59"/>
+      <c r="G48" s="58">
+        <v>8300</v>
+      </c>
+      <c r="H48" s="59"/>
+      <c r="I48" s="58">
+        <v>9500</v>
+      </c>
+      <c r="J48" s="59"/>
     </row>
     <row r="49" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="22"/>
+      <c r="A49" s="28"/>
       <c r="B49" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C49" s="60">
-[...14 lines deleted...]
-      <c r="J49" s="61"/>
+      <c r="C49" s="58">
+        <v>3990</v>
+      </c>
+      <c r="D49" s="59"/>
+      <c r="E49" s="58">
+        <v>4670</v>
+      </c>
+      <c r="F49" s="59"/>
+      <c r="G49" s="58">
+        <v>5460</v>
+      </c>
+      <c r="H49" s="59"/>
+      <c r="I49" s="58">
+        <v>6200</v>
+      </c>
+      <c r="J49" s="59"/>
     </row>
     <row r="50" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="35" t="s">
+      <c r="A50" s="36" t="s">
         <v>27</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C50" s="42">
-[...14 lines deleted...]
-      <c r="J50" s="43"/>
+      <c r="C50" s="60">
+        <v>6670</v>
+      </c>
+      <c r="D50" s="61"/>
+      <c r="E50" s="60">
+        <v>8720</v>
+      </c>
+      <c r="F50" s="61"/>
+      <c r="G50" s="60">
+        <v>9870</v>
+      </c>
+      <c r="H50" s="61"/>
+      <c r="I50" s="60">
+        <v>11080</v>
+      </c>
+      <c r="J50" s="61"/>
     </row>
     <row r="51" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="35"/>
+      <c r="A51" s="36"/>
       <c r="B51" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C51" s="44">
-[...14 lines deleted...]
-      <c r="J51" s="45"/>
+      <c r="C51" s="58">
+        <v>5300</v>
+      </c>
+      <c r="D51" s="59"/>
+      <c r="E51" s="58">
+        <v>6980</v>
+      </c>
+      <c r="F51" s="59"/>
+      <c r="G51" s="58">
+        <v>7930</v>
+      </c>
+      <c r="H51" s="59"/>
+      <c r="I51" s="58">
+        <v>8980</v>
+      </c>
+      <c r="J51" s="59"/>
     </row>
     <row r="52" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="35"/>
+      <c r="A52" s="36"/>
       <c r="B52" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="C52" s="44">
-[...14 lines deleted...]
-      <c r="J52" s="45"/>
+      <c r="C52" s="58">
+        <v>3830</v>
+      </c>
+      <c r="D52" s="59"/>
+      <c r="E52" s="58">
+        <v>4620</v>
+      </c>
+      <c r="F52" s="59"/>
+      <c r="G52" s="58">
+        <v>5150</v>
+      </c>
+      <c r="H52" s="59"/>
+      <c r="I52" s="58">
+        <v>5830</v>
+      </c>
+      <c r="J52" s="59"/>
     </row>
     <row r="53" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="21" t="s">
+      <c r="A53" s="29" t="s">
         <v>28</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C53" s="62">
-[...14 lines deleted...]
-      <c r="J53" s="63"/>
+      <c r="C53" s="60">
+        <v>8980</v>
+      </c>
+      <c r="D53" s="61"/>
+      <c r="E53" s="60">
+        <v>11320</v>
+      </c>
+      <c r="F53" s="61"/>
+      <c r="G53" s="60">
+        <v>12950</v>
+      </c>
+      <c r="H53" s="61"/>
+      <c r="I53" s="60">
+        <v>14590</v>
+      </c>
+      <c r="J53" s="61"/>
     </row>
     <row r="54" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="23"/>
+      <c r="A54" s="27"/>
       <c r="B54" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C54" s="60">
-[...14 lines deleted...]
-      <c r="J54" s="61"/>
+      <c r="C54" s="58">
+        <v>7190</v>
+      </c>
+      <c r="D54" s="59"/>
+      <c r="E54" s="58">
+        <v>9080</v>
+      </c>
+      <c r="F54" s="59"/>
+      <c r="G54" s="58">
+        <v>10610</v>
+      </c>
+      <c r="H54" s="59"/>
+      <c r="I54" s="58">
+        <v>12040</v>
+      </c>
+      <c r="J54" s="59"/>
     </row>
     <row r="55" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A55" s="22"/>
+      <c r="A55" s="28"/>
       <c r="B55" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C55" s="60">
-[...14 lines deleted...]
-      <c r="J55" s="61"/>
+      <c r="C55" s="58">
+        <v>4850</v>
+      </c>
+      <c r="D55" s="59"/>
+      <c r="E55" s="58">
+        <v>5810</v>
+      </c>
+      <c r="F55" s="59"/>
+      <c r="G55" s="58">
+        <v>6830</v>
+      </c>
+      <c r="H55" s="59"/>
+      <c r="I55" s="58">
+        <v>7850</v>
+      </c>
+      <c r="J55" s="59"/>
     </row>
     <row r="56" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A56" s="21" t="s">
+      <c r="A56" s="29" t="s">
         <v>29</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C56" s="62">
-[...14 lines deleted...]
-      <c r="J56" s="63"/>
+      <c r="C56" s="60">
+        <v>8520</v>
+      </c>
+      <c r="D56" s="61"/>
+      <c r="E56" s="60">
+        <v>10760</v>
+      </c>
+      <c r="F56" s="61"/>
+      <c r="G56" s="60">
+        <v>12290</v>
+      </c>
+      <c r="H56" s="61"/>
+      <c r="I56" s="60">
+        <v>13870</v>
+      </c>
+      <c r="J56" s="61"/>
     </row>
     <row r="57" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="23"/>
+      <c r="A57" s="27"/>
       <c r="B57" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C57" s="60">
-[...14 lines deleted...]
-      <c r="J57" s="61"/>
+      <c r="C57" s="58">
+        <v>7140</v>
+      </c>
+      <c r="D57" s="59"/>
+      <c r="E57" s="58">
+        <v>8620</v>
+      </c>
+      <c r="F57" s="59"/>
+      <c r="G57" s="58">
+        <v>10100</v>
+      </c>
+      <c r="H57" s="59"/>
+      <c r="I57" s="58">
+        <v>11480</v>
+      </c>
+      <c r="J57" s="59"/>
     </row>
     <row r="58" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="22"/>
+      <c r="A58" s="28"/>
       <c r="B58" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C58" s="60">
-[...14 lines deleted...]
-      <c r="J58" s="61"/>
+      <c r="C58" s="58">
+        <v>4590</v>
+      </c>
+      <c r="D58" s="59"/>
+      <c r="E58" s="58">
+        <v>5510</v>
+      </c>
+      <c r="F58" s="59"/>
+      <c r="G58" s="58">
+        <v>6530</v>
+      </c>
+      <c r="H58" s="59"/>
+      <c r="I58" s="58">
+        <v>7500</v>
+      </c>
+      <c r="J58" s="59"/>
     </row>
     <row r="59" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A59" s="21" t="s">
+      <c r="A59" s="29" t="s">
         <v>30</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C59" s="62">
-[...14 lines deleted...]
-      <c r="J59" s="63"/>
+      <c r="C59" s="60">
+        <v>9080</v>
+      </c>
+      <c r="D59" s="61"/>
+      <c r="E59" s="60">
+        <v>11530</v>
+      </c>
+      <c r="F59" s="61"/>
+      <c r="G59" s="60">
+        <v>13160</v>
+      </c>
+      <c r="H59" s="61"/>
+      <c r="I59" s="60">
+        <v>14790</v>
+      </c>
+      <c r="J59" s="61"/>
     </row>
     <row r="60" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="23"/>
+      <c r="A60" s="27"/>
       <c r="B60" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C60" s="60">
-[...14 lines deleted...]
-      <c r="J60" s="61"/>
+      <c r="C60" s="58">
+        <v>7290</v>
+      </c>
+      <c r="D60" s="59"/>
+      <c r="E60" s="58">
+        <v>9230</v>
+      </c>
+      <c r="F60" s="59"/>
+      <c r="G60" s="58">
+        <v>10760</v>
+      </c>
+      <c r="H60" s="59"/>
+      <c r="I60" s="58">
+        <v>12190</v>
+      </c>
+      <c r="J60" s="59"/>
     </row>
     <row r="61" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="22"/>
+      <c r="A61" s="28"/>
       <c r="B61" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C61" s="60">
-[...14 lines deleted...]
-      <c r="J61" s="61"/>
+      <c r="C61" s="58">
+        <v>4950</v>
+      </c>
+      <c r="D61" s="59"/>
+      <c r="E61" s="58">
+        <v>5920</v>
+      </c>
+      <c r="F61" s="59"/>
+      <c r="G61" s="58">
+        <v>6940</v>
+      </c>
+      <c r="H61" s="59"/>
+      <c r="I61" s="58">
+        <v>7960</v>
+      </c>
+      <c r="J61" s="59"/>
     </row>
     <row r="62" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="21" t="s">
+      <c r="A62" s="29" t="s">
         <v>31</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C62" s="62">
-[...14 lines deleted...]
-      <c r="J62" s="63"/>
+      <c r="C62" s="60">
+        <v>9490</v>
+      </c>
+      <c r="D62" s="61"/>
+      <c r="E62" s="60">
+        <v>11930</v>
+      </c>
+      <c r="F62" s="61"/>
+      <c r="G62" s="60">
+        <v>13620</v>
+      </c>
+      <c r="H62" s="61"/>
+      <c r="I62" s="60">
+        <v>15350</v>
+      </c>
+      <c r="J62" s="61"/>
     </row>
     <row r="63" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="23"/>
+      <c r="A63" s="27"/>
       <c r="B63" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C63" s="60">
-[...14 lines deleted...]
-      <c r="J63" s="61"/>
+      <c r="C63" s="58">
+        <v>7550</v>
+      </c>
+      <c r="D63" s="59"/>
+      <c r="E63" s="58">
+        <v>9540</v>
+      </c>
+      <c r="F63" s="59"/>
+      <c r="G63" s="58">
+        <v>11220</v>
+      </c>
+      <c r="H63" s="59"/>
+      <c r="I63" s="58">
+        <v>12650</v>
+      </c>
+      <c r="J63" s="59"/>
     </row>
     <row r="64" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="22"/>
+      <c r="A64" s="28"/>
       <c r="B64" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C64" s="60">
-[...14 lines deleted...]
-      <c r="J64" s="61"/>
+      <c r="C64" s="58">
+        <v>5100</v>
+      </c>
+      <c r="D64" s="59"/>
+      <c r="E64" s="58">
+        <v>6120</v>
+      </c>
+      <c r="F64" s="59"/>
+      <c r="G64" s="58">
+        <v>7190</v>
+      </c>
+      <c r="H64" s="59"/>
+      <c r="I64" s="58">
+        <v>8210</v>
+      </c>
+      <c r="J64" s="59"/>
     </row>
     <row r="65" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A65" s="21" t="s">
+      <c r="A65" s="29" t="s">
         <v>32</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C65" s="62">
-[...14 lines deleted...]
-      <c r="J65" s="63"/>
+      <c r="C65" s="60">
+        <v>9840</v>
+      </c>
+      <c r="D65" s="61"/>
+      <c r="E65" s="60">
+        <v>12500</v>
+      </c>
+      <c r="F65" s="61"/>
+      <c r="G65" s="60">
+        <v>13870</v>
+      </c>
+      <c r="H65" s="61"/>
+      <c r="I65" s="60">
+        <v>16010</v>
+      </c>
+      <c r="J65" s="61"/>
     </row>
     <row r="66" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A66" s="23"/>
+      <c r="A66" s="27"/>
       <c r="B66" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C66" s="60">
-[...14 lines deleted...]
-      <c r="J66" s="61"/>
+      <c r="C66" s="58">
+        <v>7850</v>
+      </c>
+      <c r="D66" s="59"/>
+      <c r="E66" s="58">
+        <v>10050</v>
+      </c>
+      <c r="F66" s="59"/>
+      <c r="G66" s="58">
+        <v>11120</v>
+      </c>
+      <c r="H66" s="59"/>
+      <c r="I66" s="58">
+        <v>12850</v>
+      </c>
+      <c r="J66" s="59"/>
     </row>
     <row r="67" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="22"/>
+      <c r="A67" s="28"/>
       <c r="B67" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C67" s="60">
-[...14 lines deleted...]
-      <c r="J67" s="61"/>
+      <c r="C67" s="58">
+        <v>5360</v>
+      </c>
+      <c r="D67" s="59"/>
+      <c r="E67" s="58">
+        <v>6580</v>
+      </c>
+      <c r="F67" s="59"/>
+      <c r="G67" s="58">
+        <v>7190</v>
+      </c>
+      <c r="H67" s="59"/>
+      <c r="I67" s="58">
+        <v>8010</v>
+      </c>
+      <c r="J67" s="59"/>
     </row>
     <row r="68" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="21" t="s">
+      <c r="A68" s="29" t="s">
         <v>33</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C68" s="62">
-[...14 lines deleted...]
-      <c r="J68" s="63"/>
+      <c r="C68" s="60">
+        <v>9840</v>
+      </c>
+      <c r="D68" s="61"/>
+      <c r="E68" s="60">
+        <v>12500</v>
+      </c>
+      <c r="F68" s="61"/>
+      <c r="G68" s="60">
+        <v>13870</v>
+      </c>
+      <c r="H68" s="61"/>
+      <c r="I68" s="60">
+        <v>16010</v>
+      </c>
+      <c r="J68" s="61"/>
     </row>
     <row r="69" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="23"/>
+      <c r="A69" s="27"/>
       <c r="B69" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C69" s="60">
-[...14 lines deleted...]
-      <c r="J69" s="61"/>
+      <c r="C69" s="58">
+        <v>7850</v>
+      </c>
+      <c r="D69" s="59"/>
+      <c r="E69" s="58">
+        <v>10050</v>
+      </c>
+      <c r="F69" s="59"/>
+      <c r="G69" s="58">
+        <v>11120</v>
+      </c>
+      <c r="H69" s="59"/>
+      <c r="I69" s="58">
+        <v>12850</v>
+      </c>
+      <c r="J69" s="59"/>
     </row>
     <row r="70" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="22"/>
+      <c r="A70" s="28"/>
       <c r="B70" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C70" s="60">
-[...14 lines deleted...]
-      <c r="J70" s="61"/>
+      <c r="C70" s="58">
+        <v>5360</v>
+      </c>
+      <c r="D70" s="59"/>
+      <c r="E70" s="58">
+        <v>6580</v>
+      </c>
+      <c r="F70" s="59"/>
+      <c r="G70" s="58">
+        <v>7190</v>
+      </c>
+      <c r="H70" s="59"/>
+      <c r="I70" s="58">
+        <v>8010</v>
+      </c>
+      <c r="J70" s="59"/>
     </row>
     <row r="71" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="21" t="s">
+      <c r="A71" s="29" t="s">
         <v>34</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C71" s="62">
-[...14 lines deleted...]
-      <c r="J71" s="63"/>
+      <c r="C71" s="60">
+        <v>13110</v>
+      </c>
+      <c r="D71" s="61"/>
+      <c r="E71" s="60">
+        <v>14640</v>
+      </c>
+      <c r="F71" s="61"/>
+      <c r="G71" s="60">
+        <v>18210</v>
+      </c>
+      <c r="H71" s="61"/>
+      <c r="I71" s="60">
+        <v>20710</v>
+      </c>
+      <c r="J71" s="61"/>
     </row>
     <row r="72" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A72" s="23"/>
+      <c r="A72" s="27"/>
       <c r="B72" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C72" s="60">
-[...14 lines deleted...]
-      <c r="J72" s="61"/>
+      <c r="C72" s="58">
+        <v>10460</v>
+      </c>
+      <c r="D72" s="59"/>
+      <c r="E72" s="58">
+        <v>11730</v>
+      </c>
+      <c r="F72" s="59"/>
+      <c r="G72" s="58">
+        <v>14480</v>
+      </c>
+      <c r="H72" s="59"/>
+      <c r="I72" s="58">
+        <v>16470</v>
+      </c>
+      <c r="J72" s="59"/>
     </row>
     <row r="73" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="22"/>
+      <c r="A73" s="28"/>
       <c r="B73" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C73" s="60">
-[...14 lines deleted...]
-      <c r="J73" s="61"/>
+      <c r="C73" s="58">
+        <v>6580</v>
+      </c>
+      <c r="D73" s="59"/>
+      <c r="E73" s="58">
+        <v>7290</v>
+      </c>
+      <c r="F73" s="59"/>
+      <c r="G73" s="58">
+        <v>9080</v>
+      </c>
+      <c r="H73" s="59"/>
+      <c r="I73" s="58">
+        <v>10350</v>
+      </c>
+      <c r="J73" s="59"/>
     </row>
     <row r="74" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A74" s="25" t="s">
+      <c r="A74" s="38" t="s">
         <v>0</v>
       </c>
-      <c r="B74" s="28" t="s">
+      <c r="B74" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="C74" s="66" t="s">
+      <c r="C74" s="68" t="s">
         <v>35</v>
       </c>
-      <c r="D74" s="67"/>
-[...5 lines deleted...]
-      <c r="J74" s="68"/>
+      <c r="D74" s="69"/>
+      <c r="E74" s="69"/>
+      <c r="F74" s="69"/>
+      <c r="G74" s="69"/>
+      <c r="H74" s="69"/>
+      <c r="I74" s="69"/>
+      <c r="J74" s="70"/>
     </row>
     <row r="75" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="25"/>
-      <c r="B75" s="28"/>
+      <c r="A75" s="38"/>
+      <c r="B75" s="26"/>
       <c r="C75" s="49" t="s">
         <v>3</v>
       </c>
       <c r="D75" s="50"/>
       <c r="E75" s="50"/>
       <c r="F75" s="50"/>
       <c r="G75" s="50"/>
       <c r="H75" s="50"/>
       <c r="I75" s="50"/>
       <c r="J75" s="51"/>
     </row>
     <row r="76" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="25"/>
-      <c r="B76" s="28"/>
+      <c r="A76" s="38"/>
+      <c r="B76" s="26"/>
       <c r="C76" s="52" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D76" s="53"/>
       <c r="E76" s="53" t="s">
         <v>4</v>
       </c>
       <c r="F76" s="53"/>
       <c r="G76" s="53" t="s">
         <v>5</v>
       </c>
       <c r="H76" s="53"/>
       <c r="I76" s="53" t="s">
         <v>6</v>
       </c>
       <c r="J76" s="56"/>
     </row>
     <row r="77" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="26"/>
-      <c r="B77" s="29"/>
+      <c r="A77" s="39"/>
+      <c r="B77" s="40"/>
       <c r="C77" s="54"/>
       <c r="D77" s="55"/>
       <c r="E77" s="55"/>
       <c r="F77" s="55"/>
       <c r="G77" s="55"/>
       <c r="H77" s="55"/>
       <c r="I77" s="55"/>
       <c r="J77" s="57"/>
     </row>
     <row r="78" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="21" t="s">
+      <c r="A78" s="29" t="s">
         <v>36</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C78" s="62">
-[...14 lines deleted...]
-      <c r="J78" s="63"/>
+      <c r="C78" s="60">
+        <v>7300</v>
+      </c>
+      <c r="D78" s="61"/>
+      <c r="E78" s="60">
+        <v>9240</v>
+      </c>
+      <c r="F78" s="61"/>
+      <c r="G78" s="60">
+        <v>10610</v>
+      </c>
+      <c r="H78" s="61"/>
+      <c r="I78" s="60">
+        <v>12130</v>
+      </c>
+      <c r="J78" s="61"/>
     </row>
     <row r="79" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A79" s="23"/>
+      <c r="A79" s="27"/>
       <c r="B79" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C79" s="60">
-[...14 lines deleted...]
-      <c r="J79" s="61"/>
+      <c r="C79" s="58">
+        <v>5830</v>
+      </c>
+      <c r="D79" s="59"/>
+      <c r="E79" s="58">
+        <v>7510</v>
+      </c>
+      <c r="F79" s="59"/>
+      <c r="G79" s="58">
+        <v>8660</v>
+      </c>
+      <c r="H79" s="59"/>
+      <c r="I79" s="58">
+        <v>9870</v>
+      </c>
+      <c r="J79" s="59"/>
     </row>
     <row r="80" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="22"/>
+      <c r="A80" s="28"/>
       <c r="B80" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C80" s="60">
-[...14 lines deleted...]
-      <c r="J80" s="61"/>
+      <c r="C80" s="58">
+        <v>4040</v>
+      </c>
+      <c r="D80" s="59"/>
+      <c r="E80" s="58">
+        <v>4730</v>
+      </c>
+      <c r="F80" s="59"/>
+      <c r="G80" s="58">
+        <v>5570</v>
+      </c>
+      <c r="H80" s="59"/>
+      <c r="I80" s="58">
+        <v>6250</v>
+      </c>
+      <c r="J80" s="59"/>
     </row>
     <row r="81" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="21" t="s">
+      <c r="A81" s="29" t="s">
         <v>37</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C81" s="62">
-[...14 lines deleted...]
-      <c r="J81" s="63"/>
+      <c r="C81" s="60">
+        <v>8030</v>
+      </c>
+      <c r="D81" s="61"/>
+      <c r="E81" s="60">
+        <v>10130</v>
+      </c>
+      <c r="F81" s="61"/>
+      <c r="G81" s="60">
+        <v>11600</v>
+      </c>
+      <c r="H81" s="61"/>
+      <c r="I81" s="60">
+        <v>13070</v>
+      </c>
+      <c r="J81" s="61"/>
     </row>
     <row r="82" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A82" s="23"/>
+      <c r="A82" s="27"/>
       <c r="B82" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C82" s="60">
-[...14 lines deleted...]
-      <c r="J82" s="61"/>
+      <c r="C82" s="58">
+        <v>6460</v>
+      </c>
+      <c r="D82" s="59"/>
+      <c r="E82" s="58">
+        <v>8140</v>
+      </c>
+      <c r="F82" s="59"/>
+      <c r="G82" s="58">
+        <v>9500</v>
+      </c>
+      <c r="H82" s="59"/>
+      <c r="I82" s="58">
+        <v>10760</v>
+      </c>
+      <c r="J82" s="59"/>
     </row>
     <row r="83" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="22"/>
+      <c r="A83" s="28"/>
       <c r="B83" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C83" s="60">
-[...14 lines deleted...]
-      <c r="J83" s="61"/>
+      <c r="C83" s="58">
+        <v>4360</v>
+      </c>
+      <c r="D83" s="59"/>
+      <c r="E83" s="58">
+        <v>5200</v>
+      </c>
+      <c r="F83" s="59"/>
+      <c r="G83" s="58">
+        <v>6140</v>
+      </c>
+      <c r="H83" s="59"/>
+      <c r="I83" s="58">
+        <v>7040</v>
+      </c>
+      <c r="J83" s="59"/>
     </row>
     <row r="84" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="21" t="s">
+      <c r="A84" s="29" t="s">
         <v>38</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C84" s="62">
-[...14 lines deleted...]
-      <c r="J84" s="63"/>
+      <c r="C84" s="60">
+        <v>8980</v>
+      </c>
+      <c r="D84" s="61"/>
+      <c r="E84" s="60">
+        <v>11320</v>
+      </c>
+      <c r="F84" s="61"/>
+      <c r="G84" s="60">
+        <v>12950</v>
+      </c>
+      <c r="H84" s="61"/>
+      <c r="I84" s="60">
+        <v>14590</v>
+      </c>
+      <c r="J84" s="61"/>
     </row>
     <row r="85" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A85" s="23"/>
+      <c r="A85" s="27"/>
       <c r="B85" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C85" s="60">
-[...14 lines deleted...]
-      <c r="J85" s="61"/>
+      <c r="C85" s="58">
+        <v>7190</v>
+      </c>
+      <c r="D85" s="59"/>
+      <c r="E85" s="58">
+        <v>9080</v>
+      </c>
+      <c r="F85" s="59"/>
+      <c r="G85" s="58">
+        <v>10610</v>
+      </c>
+      <c r="H85" s="59"/>
+      <c r="I85" s="58">
+        <v>12040</v>
+      </c>
+      <c r="J85" s="59"/>
     </row>
     <row r="86" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A86" s="22"/>
+      <c r="A86" s="28"/>
       <c r="B86" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C86" s="60">
-[...14 lines deleted...]
-      <c r="J86" s="61"/>
+      <c r="C86" s="58">
+        <v>4850</v>
+      </c>
+      <c r="D86" s="59"/>
+      <c r="E86" s="58">
+        <v>5810</v>
+      </c>
+      <c r="F86" s="59"/>
+      <c r="G86" s="58">
+        <v>6830</v>
+      </c>
+      <c r="H86" s="59"/>
+      <c r="I86" s="58">
+        <v>7850</v>
+      </c>
+      <c r="J86" s="59"/>
     </row>
     <row r="87" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A87" s="21" t="s">
+      <c r="A87" s="29" t="s">
         <v>39</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C87" s="62">
-[...14 lines deleted...]
-      <c r="J87" s="63"/>
+      <c r="C87" s="60">
+        <v>8820</v>
+      </c>
+      <c r="D87" s="61"/>
+      <c r="E87" s="60">
+        <v>11130</v>
+      </c>
+      <c r="F87" s="61"/>
+      <c r="G87" s="60">
+        <v>12760</v>
+      </c>
+      <c r="H87" s="61"/>
+      <c r="I87" s="60">
+        <v>14390</v>
+      </c>
+      <c r="J87" s="61"/>
     </row>
     <row r="88" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="23"/>
+      <c r="A88" s="27"/>
       <c r="B88" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C88" s="60">
-[...14 lines deleted...]
-      <c r="J88" s="61"/>
+      <c r="C88" s="58">
+        <v>7040</v>
+      </c>
+      <c r="D88" s="59"/>
+      <c r="E88" s="58">
+        <v>8930</v>
+      </c>
+      <c r="F88" s="59"/>
+      <c r="G88" s="58">
+        <v>10400</v>
+      </c>
+      <c r="H88" s="59"/>
+      <c r="I88" s="58">
+        <v>11810</v>
+      </c>
+      <c r="J88" s="59"/>
     </row>
     <row r="89" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A89" s="22"/>
+      <c r="A89" s="28"/>
       <c r="B89" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C89" s="60">
-[...14 lines deleted...]
-      <c r="J89" s="61"/>
+      <c r="C89" s="58">
+        <v>4830</v>
+      </c>
+      <c r="D89" s="59"/>
+      <c r="E89" s="58">
+        <v>5720</v>
+      </c>
+      <c r="F89" s="59"/>
+      <c r="G89" s="58">
+        <v>6770</v>
+      </c>
+      <c r="H89" s="59"/>
+      <c r="I89" s="58">
+        <v>7720</v>
+      </c>
+      <c r="J89" s="59"/>
     </row>
     <row r="90" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="39" t="s">
+      <c r="A90" s="33" t="s">
         <v>40</v>
       </c>
       <c r="B90" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="C90" s="62">
-[...14 lines deleted...]
-      <c r="J90" s="63"/>
+      <c r="C90" s="60">
+        <v>11270</v>
+      </c>
+      <c r="D90" s="61"/>
+      <c r="E90" s="60">
+        <v>13870</v>
+      </c>
+      <c r="F90" s="61"/>
+      <c r="G90" s="60">
+        <v>15560</v>
+      </c>
+      <c r="H90" s="61"/>
+      <c r="I90" s="60">
+        <v>17850</v>
+      </c>
+      <c r="J90" s="61"/>
     </row>
     <row r="91" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="40"/>
+      <c r="A91" s="34"/>
       <c r="B91" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="60">
-[...14 lines deleted...]
-      <c r="J91" s="61"/>
+      <c r="C91" s="58">
+        <v>9030</v>
+      </c>
+      <c r="D91" s="59"/>
+      <c r="E91" s="58">
+        <v>11480</v>
+      </c>
+      <c r="F91" s="59"/>
+      <c r="G91" s="58">
+        <v>12550</v>
+      </c>
+      <c r="H91" s="59"/>
+      <c r="I91" s="58">
+        <v>14640</v>
+      </c>
+      <c r="J91" s="59"/>
     </row>
     <row r="92" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="41"/>
+      <c r="A92" s="35"/>
       <c r="B92" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="C92" s="60">
-[...14 lines deleted...]
-      <c r="J92" s="61"/>
+      <c r="C92" s="58">
+        <v>5870</v>
+      </c>
+      <c r="D92" s="59"/>
+      <c r="E92" s="58">
+        <v>7090</v>
+      </c>
+      <c r="F92" s="59"/>
+      <c r="G92" s="58">
+        <v>8210</v>
+      </c>
+      <c r="H92" s="59"/>
+      <c r="I92" s="58">
+        <v>9180</v>
+      </c>
+      <c r="J92" s="59"/>
     </row>
     <row r="93" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="21" t="s">
+      <c r="A93" s="29" t="s">
         <v>41</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C93" s="62">
-[...14 lines deleted...]
-      <c r="J93" s="63"/>
+      <c r="C93" s="60">
+        <v>15660</v>
+      </c>
+      <c r="D93" s="61"/>
+      <c r="E93" s="60">
+        <v>17030</v>
+      </c>
+      <c r="F93" s="61"/>
+      <c r="G93" s="60">
+        <v>21320</v>
+      </c>
+      <c r="H93" s="61"/>
+      <c r="I93" s="60">
+        <v>24480</v>
+      </c>
+      <c r="J93" s="61"/>
     </row>
     <row r="94" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A94" s="23"/>
+      <c r="A94" s="27"/>
       <c r="B94" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C94" s="60">
-[...14 lines deleted...]
-      <c r="J94" s="61"/>
+      <c r="C94" s="58">
+        <v>12390</v>
+      </c>
+      <c r="D94" s="59"/>
+      <c r="E94" s="58">
+        <v>13520</v>
+      </c>
+      <c r="F94" s="59"/>
+      <c r="G94" s="58">
+        <v>16930</v>
+      </c>
+      <c r="H94" s="59"/>
+      <c r="I94" s="58">
+        <v>18870</v>
+      </c>
+      <c r="J94" s="59"/>
     </row>
     <row r="95" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A95" s="22"/>
+      <c r="A95" s="28"/>
       <c r="B95" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C95" s="60">
-[...14 lines deleted...]
-      <c r="J95" s="61"/>
+      <c r="C95" s="58">
+        <v>7650</v>
+      </c>
+      <c r="D95" s="59"/>
+      <c r="E95" s="58">
+        <v>8310</v>
+      </c>
+      <c r="F95" s="59"/>
+      <c r="G95" s="58">
+        <v>10000</v>
+      </c>
+      <c r="H95" s="59"/>
+      <c r="I95" s="58">
+        <v>10760</v>
+      </c>
+      <c r="J95" s="59"/>
     </row>
     <row r="96" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A96" s="36" t="s">
+      <c r="A96" s="30" t="s">
         <v>42</v>
       </c>
       <c r="B96" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="C96" s="62">
-[...14 lines deleted...]
-      <c r="J96" s="63"/>
+      <c r="C96" s="60">
+        <v>17650</v>
+      </c>
+      <c r="D96" s="61"/>
+      <c r="E96" s="60">
+        <v>19130</v>
+      </c>
+      <c r="F96" s="61"/>
+      <c r="G96" s="60">
+        <v>24280</v>
+      </c>
+      <c r="H96" s="61"/>
+      <c r="I96" s="60">
+        <v>27590</v>
+      </c>
+      <c r="J96" s="61"/>
     </row>
     <row r="97" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="37"/>
+      <c r="A97" s="31"/>
       <c r="B97" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="C97" s="60">
-[...14 lines deleted...]
-      <c r="J97" s="61"/>
+      <c r="C97" s="58">
+        <v>14130</v>
+      </c>
+      <c r="D97" s="59"/>
+      <c r="E97" s="58">
+        <v>15350</v>
+      </c>
+      <c r="F97" s="59"/>
+      <c r="G97" s="58">
+        <v>19230</v>
+      </c>
+      <c r="H97" s="59"/>
+      <c r="I97" s="58">
+        <v>21220</v>
+      </c>
+      <c r="J97" s="59"/>
     </row>
     <row r="98" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="38"/>
+      <c r="A98" s="32"/>
       <c r="B98" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C98" s="60">
-[...17 lines deleted...]
-      <c r="A99" s="21" t="s">
+      <c r="C98" s="58">
+        <v>8470</v>
+      </c>
+      <c r="D98" s="59"/>
+      <c r="E98" s="58">
+        <v>9180</v>
+      </c>
+      <c r="F98" s="59"/>
+      <c r="G98" s="58">
+        <v>10300</v>
+      </c>
+      <c r="H98" s="59"/>
+      <c r="I98" s="58">
+        <v>11270</v>
+      </c>
+      <c r="J98" s="59"/>
+    </row>
+    <row r="99" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="29" t="s">
         <v>43</v>
       </c>
       <c r="B99" s="16" t="s">
         <v>44</v>
       </c>
-      <c r="C99" s="62">
-[...14 lines deleted...]
-      <c r="J99" s="63"/>
+      <c r="C99" s="60">
+        <v>70580</v>
+      </c>
+      <c r="D99" s="61"/>
+      <c r="E99" s="60">
+        <v>78800</v>
+      </c>
+      <c r="F99" s="61"/>
+      <c r="G99" s="60">
+        <v>94550</v>
+      </c>
+      <c r="H99" s="61"/>
+      <c r="I99" s="60">
+        <v>108270</v>
+      </c>
+      <c r="J99" s="61"/>
     </row>
     <row r="100" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A100" s="23"/>
+      <c r="A100" s="27"/>
       <c r="B100" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C100" s="60">
-[...14 lines deleted...]
-      <c r="J100" s="61"/>
+      <c r="C100" s="58">
+        <v>14130</v>
+      </c>
+      <c r="D100" s="59"/>
+      <c r="E100" s="58">
+        <v>15350</v>
+      </c>
+      <c r="F100" s="59"/>
+      <c r="G100" s="58">
+        <v>19230</v>
+      </c>
+      <c r="H100" s="59"/>
+      <c r="I100" s="58">
+        <v>21220</v>
+      </c>
+      <c r="J100" s="59"/>
     </row>
     <row r="101" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A101" s="22"/>
+      <c r="A101" s="28"/>
       <c r="B101" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C101" s="60">
-[...14 lines deleted...]
-      <c r="J101" s="61"/>
+      <c r="C101" s="58">
+        <v>8470</v>
+      </c>
+      <c r="D101" s="59"/>
+      <c r="E101" s="58">
+        <v>9180</v>
+      </c>
+      <c r="F101" s="59"/>
+      <c r="G101" s="58">
+        <v>10300</v>
+      </c>
+      <c r="H101" s="59"/>
+      <c r="I101" s="58">
+        <v>11270</v>
+      </c>
+      <c r="J101" s="59"/>
     </row>
     <row r="102" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="23" t="s">
+      <c r="A102" s="27" t="s">
         <v>47</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="C102" s="62">
-[...14 lines deleted...]
-      <c r="J102" s="63"/>
+      <c r="C102" s="60">
+        <v>102360</v>
+      </c>
+      <c r="D102" s="61"/>
+      <c r="E102" s="60">
+        <v>110310</v>
+      </c>
+      <c r="F102" s="61"/>
+      <c r="G102" s="60">
+        <v>125920</v>
+      </c>
+      <c r="H102" s="61"/>
+      <c r="I102" s="60">
+        <v>138620</v>
+      </c>
+      <c r="J102" s="61"/>
     </row>
     <row r="103" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A103" s="23"/>
+      <c r="A103" s="27"/>
       <c r="B103" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C103" s="60">
-[...14 lines deleted...]
-      <c r="J103" s="61"/>
+      <c r="C103" s="58">
+        <v>14130</v>
+      </c>
+      <c r="D103" s="59"/>
+      <c r="E103" s="58">
+        <v>15350</v>
+      </c>
+      <c r="F103" s="59"/>
+      <c r="G103" s="58">
+        <v>19230</v>
+      </c>
+      <c r="H103" s="59"/>
+      <c r="I103" s="58">
+        <v>21220</v>
+      </c>
+      <c r="J103" s="59"/>
     </row>
     <row r="104" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="22"/>
+      <c r="A104" s="28"/>
       <c r="B104" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C104" s="60">
-[...14 lines deleted...]
-      <c r="J104" s="61"/>
+      <c r="C104" s="58">
+        <v>8470</v>
+      </c>
+      <c r="D104" s="59"/>
+      <c r="E104" s="58">
+        <v>9180</v>
+      </c>
+      <c r="F104" s="59"/>
+      <c r="G104" s="58">
+        <v>10300</v>
+      </c>
+      <c r="H104" s="59"/>
+      <c r="I104" s="58">
+        <v>11270</v>
+      </c>
+      <c r="J104" s="59"/>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A105" s="24" t="s">
+      <c r="A105" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B105" s="27" t="s">
+      <c r="B105" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C105" s="46" t="s">
         <v>50</v>
       </c>
       <c r="D105" s="47"/>
       <c r="E105" s="47"/>
       <c r="F105" s="47"/>
       <c r="G105" s="47"/>
       <c r="H105" s="47"/>
       <c r="I105" s="47"/>
       <c r="J105" s="48"/>
     </row>
     <row r="106" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A106" s="25"/>
-      <c r="B106" s="28"/>
+      <c r="A106" s="38"/>
+      <c r="B106" s="26"/>
       <c r="C106" s="49" t="s">
         <v>3</v>
       </c>
       <c r="D106" s="50"/>
       <c r="E106" s="50"/>
       <c r="F106" s="50"/>
       <c r="G106" s="50"/>
       <c r="H106" s="50"/>
       <c r="I106" s="50"/>
       <c r="J106" s="51"/>
     </row>
     <row r="107" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="25"/>
-      <c r="B107" s="28"/>
+      <c r="A107" s="38"/>
+      <c r="B107" s="26"/>
       <c r="C107" s="52" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D107" s="53"/>
       <c r="E107" s="53" t="s">
         <v>4</v>
       </c>
       <c r="F107" s="53"/>
       <c r="G107" s="53" t="s">
         <v>5</v>
       </c>
       <c r="H107" s="53"/>
       <c r="I107" s="53" t="s">
         <v>6</v>
       </c>
       <c r="J107" s="56"/>
     </row>
     <row r="108" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A108" s="25"/>
-      <c r="B108" s="28"/>
+      <c r="A108" s="38"/>
+      <c r="B108" s="26"/>
       <c r="C108" s="54"/>
       <c r="D108" s="55"/>
       <c r="E108" s="55"/>
       <c r="F108" s="55"/>
-      <c r="G108" s="64"/>
-[...2 lines deleted...]
-      <c r="J108" s="65"/>
+      <c r="G108" s="66"/>
+      <c r="H108" s="66"/>
+      <c r="I108" s="66"/>
+      <c r="J108" s="67"/>
     </row>
     <row r="109" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="21" t="s">
+      <c r="A109" s="29" t="s">
         <v>51</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C109" s="62">
-[...14 lines deleted...]
-      <c r="J109" s="63"/>
+      <c r="C109" s="60">
+        <v>7300</v>
+      </c>
+      <c r="D109" s="61"/>
+      <c r="E109" s="60">
+        <v>9240</v>
+      </c>
+      <c r="F109" s="61"/>
+      <c r="G109" s="60">
+        <v>10610</v>
+      </c>
+      <c r="H109" s="61"/>
+      <c r="I109" s="60">
+        <v>12130</v>
+      </c>
+      <c r="J109" s="61"/>
     </row>
     <row r="110" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A110" s="23"/>
+      <c r="A110" s="27"/>
       <c r="B110" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C110" s="60">
-[...14 lines deleted...]
-      <c r="J110" s="61"/>
+      <c r="C110" s="58">
+        <v>5830</v>
+      </c>
+      <c r="D110" s="59"/>
+      <c r="E110" s="58">
+        <v>7510</v>
+      </c>
+      <c r="F110" s="59"/>
+      <c r="G110" s="58">
+        <v>8660</v>
+      </c>
+      <c r="H110" s="59"/>
+      <c r="I110" s="58">
+        <v>9870</v>
+      </c>
+      <c r="J110" s="59"/>
     </row>
     <row r="111" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="22"/>
+      <c r="A111" s="28"/>
       <c r="B111" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C111" s="60">
-[...14 lines deleted...]
-      <c r="J111" s="61"/>
+      <c r="C111" s="58">
+        <v>4040</v>
+      </c>
+      <c r="D111" s="59"/>
+      <c r="E111" s="58">
+        <v>4730</v>
+      </c>
+      <c r="F111" s="59"/>
+      <c r="G111" s="58">
+        <v>5570</v>
+      </c>
+      <c r="H111" s="59"/>
+      <c r="I111" s="58">
+        <v>6250</v>
+      </c>
+      <c r="J111" s="59"/>
     </row>
     <row r="112" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A112" s="21" t="s">
+      <c r="A112" s="29" t="s">
         <v>52</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C112" s="62">
-[...14 lines deleted...]
-      <c r="J112" s="63"/>
+      <c r="C112" s="60">
+        <v>9840</v>
+      </c>
+      <c r="D112" s="61"/>
+      <c r="E112" s="60">
+        <v>12140</v>
+      </c>
+      <c r="F112" s="61"/>
+      <c r="G112" s="60">
+        <v>13770</v>
+      </c>
+      <c r="H112" s="61"/>
+      <c r="I112" s="60">
+        <v>15560</v>
+      </c>
+      <c r="J112" s="61"/>
     </row>
     <row r="113" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="23"/>
+      <c r="A113" s="27"/>
       <c r="B113" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C113" s="60">
-[...14 lines deleted...]
-      <c r="J113" s="61"/>
+      <c r="C113" s="58">
+        <v>7850</v>
+      </c>
+      <c r="D113" s="59"/>
+      <c r="E113" s="58">
+        <v>9690</v>
+      </c>
+      <c r="F113" s="59"/>
+      <c r="G113" s="58">
+        <v>11370</v>
+      </c>
+      <c r="H113" s="59"/>
+      <c r="I113" s="58">
+        <v>13060</v>
+      </c>
+      <c r="J113" s="59"/>
     </row>
     <row r="114" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A114" s="22"/>
+      <c r="A114" s="28"/>
       <c r="B114" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C114" s="60">
-[...14 lines deleted...]
-      <c r="J114" s="61"/>
+      <c r="C114" s="58">
+        <v>5200</v>
+      </c>
+      <c r="D114" s="59"/>
+      <c r="E114" s="58">
+        <v>6430</v>
+      </c>
+      <c r="F114" s="59"/>
+      <c r="G114" s="58">
+        <v>7290</v>
+      </c>
+      <c r="H114" s="59"/>
+      <c r="I114" s="58">
+        <v>8420</v>
+      </c>
+      <c r="J114" s="59"/>
     </row>
     <row r="115" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A115" s="21" t="s">
+      <c r="A115" s="29" t="s">
         <v>53</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C115" s="62">
-[...14 lines deleted...]
-      <c r="J115" s="63"/>
+      <c r="C115" s="60">
+        <v>9280</v>
+      </c>
+      <c r="D115" s="61"/>
+      <c r="E115" s="60">
+        <v>11530</v>
+      </c>
+      <c r="F115" s="61"/>
+      <c r="G115" s="60">
+        <v>13110</v>
+      </c>
+      <c r="H115" s="61"/>
+      <c r="I115" s="60">
+        <v>14790</v>
+      </c>
+      <c r="J115" s="61"/>
     </row>
     <row r="116" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A116" s="23"/>
+      <c r="A116" s="27"/>
       <c r="B116" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C116" s="60">
-[...14 lines deleted...]
-      <c r="J116" s="61"/>
+      <c r="C116" s="58">
+        <v>7500</v>
+      </c>
+      <c r="D116" s="59"/>
+      <c r="E116" s="58">
+        <v>9180</v>
+      </c>
+      <c r="F116" s="59"/>
+      <c r="G116" s="58">
+        <v>10810</v>
+      </c>
+      <c r="H116" s="59"/>
+      <c r="I116" s="58">
+        <v>12390</v>
+      </c>
+      <c r="J116" s="59"/>
     </row>
     <row r="117" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A117" s="22"/>
+      <c r="A117" s="28"/>
       <c r="B117" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C117" s="60">
-[...14 lines deleted...]
-      <c r="J117" s="61"/>
+      <c r="C117" s="58">
+        <v>4900</v>
+      </c>
+      <c r="D117" s="59"/>
+      <c r="E117" s="58">
+        <v>5920</v>
+      </c>
+      <c r="F117" s="59"/>
+      <c r="G117" s="58">
+        <v>6940</v>
+      </c>
+      <c r="H117" s="59"/>
+      <c r="I117" s="58">
+        <v>7960</v>
+      </c>
+      <c r="J117" s="59"/>
     </row>
     <row r="118" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A118" s="21" t="s">
+      <c r="A118" s="29" t="s">
         <v>54</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C118" s="62">
-[...14 lines deleted...]
-      <c r="J118" s="63"/>
+      <c r="C118" s="60">
+        <v>10200</v>
+      </c>
+      <c r="D118" s="61"/>
+      <c r="E118" s="60">
+        <v>13210</v>
+      </c>
+      <c r="F118" s="61"/>
+      <c r="G118" s="60">
+        <v>15560</v>
+      </c>
+      <c r="H118" s="61"/>
+      <c r="I118" s="60">
+        <v>17950</v>
+      </c>
+      <c r="J118" s="61"/>
     </row>
     <row r="119" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A119" s="23"/>
+      <c r="A119" s="27"/>
       <c r="B119" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C119" s="60">
-[...14 lines deleted...]
-      <c r="J119" s="61"/>
+      <c r="C119" s="58">
+        <v>8210</v>
+      </c>
+      <c r="D119" s="59"/>
+      <c r="E119" s="58">
+        <v>9740</v>
+      </c>
+      <c r="F119" s="59"/>
+      <c r="G119" s="58">
+        <v>12440</v>
+      </c>
+      <c r="H119" s="59"/>
+      <c r="I119" s="58">
+        <v>14330</v>
+      </c>
+      <c r="J119" s="59"/>
     </row>
     <row r="120" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A120" s="22"/>
+      <c r="A120" s="28"/>
       <c r="B120" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C120" s="60">
-[...14 lines deleted...]
-      <c r="J120" s="61"/>
+      <c r="C120" s="58">
+        <v>5300</v>
+      </c>
+      <c r="D120" s="59"/>
+      <c r="E120" s="58">
+        <v>6270</v>
+      </c>
+      <c r="F120" s="59"/>
+      <c r="G120" s="58">
+        <v>7850</v>
+      </c>
+      <c r="H120" s="59"/>
+      <c r="I120" s="58">
+        <v>8980</v>
+      </c>
+      <c r="J120" s="59"/>
     </row>
     <row r="121" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A121" s="21" t="s">
+      <c r="A121" s="29" t="s">
         <v>55</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C121" s="62">
-[...14 lines deleted...]
-      <c r="J121" s="63"/>
+      <c r="C121" s="60">
+        <v>9280</v>
+      </c>
+      <c r="D121" s="61"/>
+      <c r="E121" s="60">
+        <v>10970</v>
+      </c>
+      <c r="F121" s="61"/>
+      <c r="G121" s="60">
+        <v>13920</v>
+      </c>
+      <c r="H121" s="61"/>
+      <c r="I121" s="60">
+        <v>16170</v>
+      </c>
+      <c r="J121" s="61"/>
     </row>
     <row r="122" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="23"/>
+      <c r="A122" s="27"/>
       <c r="B122" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C122" s="60">
-[...14 lines deleted...]
-      <c r="J122" s="61"/>
+      <c r="C122" s="58">
+        <v>7090</v>
+      </c>
+      <c r="D122" s="59"/>
+      <c r="E122" s="58">
+        <v>8980</v>
+      </c>
+      <c r="F122" s="59"/>
+      <c r="G122" s="58">
+        <v>11070</v>
+      </c>
+      <c r="H122" s="59"/>
+      <c r="I122" s="58">
+        <v>13110</v>
+      </c>
+      <c r="J122" s="59"/>
     </row>
     <row r="123" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A123" s="22"/>
+      <c r="A123" s="28"/>
       <c r="B123" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C123" s="60">
-[...14 lines deleted...]
-      <c r="J123" s="61"/>
+      <c r="C123" s="58">
+        <v>5150</v>
+      </c>
+      <c r="D123" s="59"/>
+      <c r="E123" s="58">
+        <v>5870</v>
+      </c>
+      <c r="F123" s="59"/>
+      <c r="G123" s="58">
+        <v>7190</v>
+      </c>
+      <c r="H123" s="59"/>
+      <c r="I123" s="58">
+        <v>8110</v>
+      </c>
+      <c r="J123" s="59"/>
     </row>
     <row r="124" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="21" t="s">
+      <c r="A124" s="29" t="s">
         <v>56</v>
       </c>
       <c r="B124" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C124" s="62">
-[...14 lines deleted...]
-      <c r="J124" s="63"/>
+      <c r="C124" s="60">
+        <v>9740</v>
+      </c>
+      <c r="D124" s="61"/>
+      <c r="E124" s="60">
+        <v>11270</v>
+      </c>
+      <c r="F124" s="61"/>
+      <c r="G124" s="60">
+        <v>14430</v>
+      </c>
+      <c r="H124" s="61"/>
+      <c r="I124" s="60">
+        <v>16680</v>
+      </c>
+      <c r="J124" s="61"/>
     </row>
     <row r="125" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A125" s="23"/>
+      <c r="A125" s="27"/>
       <c r="B125" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C125" s="60">
-[...14 lines deleted...]
-      <c r="J125" s="61"/>
+      <c r="C125" s="58">
+        <v>7850</v>
+      </c>
+      <c r="D125" s="59"/>
+      <c r="E125" s="58">
+        <v>9330</v>
+      </c>
+      <c r="F125" s="59"/>
+      <c r="G125" s="58">
+        <v>11270</v>
+      </c>
+      <c r="H125" s="59"/>
+      <c r="I125" s="58">
+        <v>14030</v>
+      </c>
+      <c r="J125" s="59"/>
     </row>
     <row r="126" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="22"/>
+      <c r="A126" s="28"/>
       <c r="B126" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C126" s="60">
-[...14 lines deleted...]
-      <c r="J126" s="61"/>
+      <c r="C126" s="58">
+        <v>5250</v>
+      </c>
+      <c r="D126" s="59"/>
+      <c r="E126" s="58">
+        <v>5970</v>
+      </c>
+      <c r="F126" s="59"/>
+      <c r="G126" s="58">
+        <v>7400</v>
+      </c>
+      <c r="H126" s="59"/>
+      <c r="I126" s="58">
+        <v>8420</v>
+      </c>
+      <c r="J126" s="59"/>
     </row>
     <row r="127" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A127" s="21" t="s">
+      <c r="A127" s="29" t="s">
         <v>57</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C127" s="62">
-[...14 lines deleted...]
-      <c r="J127" s="63"/>
+      <c r="C127" s="60">
+        <v>12650</v>
+      </c>
+      <c r="D127" s="61"/>
+      <c r="E127" s="60">
+        <v>13920</v>
+      </c>
+      <c r="F127" s="61"/>
+      <c r="G127" s="60">
+        <v>17490</v>
+      </c>
+      <c r="H127" s="61"/>
+      <c r="I127" s="60">
+        <v>19940</v>
+      </c>
+      <c r="J127" s="61"/>
     </row>
     <row r="128" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A128" s="23"/>
+      <c r="A128" s="27"/>
       <c r="B128" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C128" s="60">
-[...14 lines deleted...]
-      <c r="J128" s="61"/>
+      <c r="C128" s="58">
+        <v>10250</v>
+      </c>
+      <c r="D128" s="59"/>
+      <c r="E128" s="58">
+        <v>11320</v>
+      </c>
+      <c r="F128" s="59"/>
+      <c r="G128" s="58">
+        <v>13970</v>
+      </c>
+      <c r="H128" s="59"/>
+      <c r="I128" s="58">
+        <v>15960</v>
+      </c>
+      <c r="J128" s="59"/>
     </row>
     <row r="129" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A129" s="22"/>
+      <c r="A129" s="28"/>
       <c r="B129" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C129" s="60">
-[...14 lines deleted...]
-      <c r="J129" s="61"/>
+      <c r="C129" s="58">
+        <v>6380</v>
+      </c>
+      <c r="D129" s="59"/>
+      <c r="E129" s="58">
+        <v>7090</v>
+      </c>
+      <c r="F129" s="59"/>
+      <c r="G129" s="58">
+        <v>8820</v>
+      </c>
+      <c r="H129" s="59"/>
+      <c r="I129" s="58">
+        <v>10050</v>
+      </c>
+      <c r="J129" s="59"/>
     </row>
     <row r="130" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A130" s="21" t="s">
+      <c r="A130" s="29" t="s">
         <v>58</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C130" s="62">
-[...14 lines deleted...]
-      <c r="J130" s="63"/>
+      <c r="C130" s="60">
+        <v>10610</v>
+      </c>
+      <c r="D130" s="61"/>
+      <c r="E130" s="60">
+        <v>11990</v>
+      </c>
+      <c r="F130" s="61"/>
+      <c r="G130" s="60">
+        <v>14130</v>
+      </c>
+      <c r="H130" s="61"/>
+      <c r="I130" s="60">
+        <v>15500</v>
+      </c>
+      <c r="J130" s="61"/>
     </row>
     <row r="131" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="23"/>
+      <c r="A131" s="27"/>
       <c r="B131" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C131" s="60">
-[...14 lines deleted...]
-      <c r="J131" s="61"/>
+      <c r="C131" s="58">
+        <v>8520</v>
+      </c>
+      <c r="D131" s="59"/>
+      <c r="E131" s="58">
+        <v>10050</v>
+      </c>
+      <c r="F131" s="59"/>
+      <c r="G131" s="58">
+        <v>11580</v>
+      </c>
+      <c r="H131" s="59"/>
+      <c r="I131" s="58">
+        <v>12650</v>
+      </c>
+      <c r="J131" s="59"/>
     </row>
     <row r="132" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A132" s="22"/>
+      <c r="A132" s="28"/>
       <c r="B132" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C132" s="60">
-[...14 lines deleted...]
-      <c r="J132" s="61"/>
+      <c r="C132" s="58">
+        <v>5660</v>
+      </c>
+      <c r="D132" s="59"/>
+      <c r="E132" s="58">
+        <v>6480</v>
+      </c>
+      <c r="F132" s="59"/>
+      <c r="G132" s="58">
+        <v>7650</v>
+      </c>
+      <c r="H132" s="59"/>
+      <c r="I132" s="58">
+        <v>8110</v>
+      </c>
+      <c r="J132" s="59"/>
     </row>
     <row r="133" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="21" t="s">
+      <c r="A133" s="29" t="s">
         <v>59</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C133" s="62">
-[...14 lines deleted...]
-      <c r="J133" s="63"/>
+      <c r="C133" s="60">
+        <v>13460</v>
+      </c>
+      <c r="D133" s="61"/>
+      <c r="E133" s="60">
+        <v>15100</v>
+      </c>
+      <c r="F133" s="61"/>
+      <c r="G133" s="60">
+        <v>18770</v>
+      </c>
+      <c r="H133" s="61"/>
+      <c r="I133" s="60">
+        <v>21320</v>
+      </c>
+      <c r="J133" s="61"/>
     </row>
     <row r="134" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="23"/>
+      <c r="A134" s="27"/>
       <c r="B134" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C134" s="60">
-[...14 lines deleted...]
-      <c r="J134" s="61"/>
+      <c r="C134" s="58">
+        <v>10760</v>
+      </c>
+      <c r="D134" s="59"/>
+      <c r="E134" s="58">
+        <v>12090</v>
+      </c>
+      <c r="F134" s="59"/>
+      <c r="G134" s="58">
+        <v>14940</v>
+      </c>
+      <c r="H134" s="59"/>
+      <c r="I134" s="58">
+        <v>16980</v>
+      </c>
+      <c r="J134" s="59"/>
     </row>
     <row r="135" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="22"/>
+      <c r="A135" s="28"/>
       <c r="B135" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C135" s="60">
-[...14 lines deleted...]
-      <c r="J135" s="61"/>
+      <c r="C135" s="58">
+        <v>7140</v>
+      </c>
+      <c r="D135" s="59"/>
+      <c r="E135" s="58">
+        <v>8160</v>
+      </c>
+      <c r="F135" s="59"/>
+      <c r="G135" s="58">
+        <v>9380</v>
+      </c>
+      <c r="H135" s="59"/>
+      <c r="I135" s="58">
+        <v>10710</v>
+      </c>
+      <c r="J135" s="59"/>
     </row>
     <row r="136" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A136" s="21" t="s">
+      <c r="A136" s="29" t="s">
         <v>60</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C136" s="62">
-[...14 lines deleted...]
-      <c r="J136" s="63"/>
+      <c r="C136" s="60">
+        <v>14690</v>
+      </c>
+      <c r="D136" s="61"/>
+      <c r="E136" s="60">
+        <v>15710</v>
+      </c>
+      <c r="F136" s="61"/>
+      <c r="G136" s="60">
+        <v>19640</v>
+      </c>
+      <c r="H136" s="61"/>
+      <c r="I136" s="60">
+        <v>22390</v>
+      </c>
+      <c r="J136" s="61"/>
     </row>
     <row r="137" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="23"/>
+      <c r="A137" s="27"/>
       <c r="B137" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C137" s="60">
-[...14 lines deleted...]
-      <c r="J137" s="61"/>
+      <c r="C137" s="58">
+        <v>11730</v>
+      </c>
+      <c r="D137" s="59"/>
+      <c r="E137" s="58">
+        <v>12650</v>
+      </c>
+      <c r="F137" s="59"/>
+      <c r="G137" s="58">
+        <v>14640</v>
+      </c>
+      <c r="H137" s="59"/>
+      <c r="I137" s="58">
+        <v>16680</v>
+      </c>
+      <c r="J137" s="59"/>
     </row>
     <row r="138" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A138" s="22"/>
+      <c r="A138" s="28"/>
       <c r="B138" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C138" s="60">
-[...14 lines deleted...]
-      <c r="J138" s="61"/>
+      <c r="C138" s="58">
+        <v>7400</v>
+      </c>
+      <c r="D138" s="59"/>
+      <c r="E138" s="58">
+        <v>8360</v>
+      </c>
+      <c r="F138" s="59"/>
+      <c r="G138" s="58">
+        <v>9540</v>
+      </c>
+      <c r="H138" s="59"/>
+      <c r="I138" s="58">
+        <v>10460</v>
+      </c>
+      <c r="J138" s="59"/>
     </row>
     <row r="139" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A139" s="21" t="s">
+      <c r="A139" s="29" t="s">
         <v>61</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C139" s="62">
-[...14 lines deleted...]
-      <c r="J139" s="63"/>
+      <c r="C139" s="60">
+        <v>15810</v>
+      </c>
+      <c r="D139" s="61"/>
+      <c r="E139" s="60">
+        <v>17090</v>
+      </c>
+      <c r="F139" s="61"/>
+      <c r="G139" s="60">
+        <v>21110</v>
+      </c>
+      <c r="H139" s="61"/>
+      <c r="I139" s="60">
+        <v>25350</v>
+      </c>
+      <c r="J139" s="61"/>
     </row>
     <row r="140" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A140" s="23"/>
+      <c r="A140" s="27"/>
       <c r="B140" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C140" s="60">
-[...14 lines deleted...]
-      <c r="J140" s="61"/>
+      <c r="C140" s="58">
+        <v>12440</v>
+      </c>
+      <c r="D140" s="59"/>
+      <c r="E140" s="58">
+        <v>13620</v>
+      </c>
+      <c r="F140" s="59"/>
+      <c r="G140" s="58">
+        <v>15910</v>
+      </c>
+      <c r="H140" s="59"/>
+      <c r="I140" s="58">
+        <v>18410</v>
+      </c>
+      <c r="J140" s="59"/>
     </row>
     <row r="141" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="22"/>
+      <c r="A141" s="28"/>
       <c r="B141" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C141" s="60">
-[...14 lines deleted...]
-      <c r="J141" s="61"/>
+      <c r="C141" s="58">
+        <v>7850</v>
+      </c>
+      <c r="D141" s="59"/>
+      <c r="E141" s="58">
+        <v>8570</v>
+      </c>
+      <c r="F141" s="59"/>
+      <c r="G141" s="58">
+        <v>9790</v>
+      </c>
+      <c r="H141" s="59"/>
+      <c r="I141" s="58">
+        <v>10710</v>
+      </c>
+      <c r="J141" s="59"/>
     </row>
     <row r="142" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A142" s="21" t="s">
+      <c r="A142" s="29" t="s">
         <v>62</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C142" s="62">
-[...14 lines deleted...]
-      <c r="J142" s="63"/>
+      <c r="C142" s="60">
+        <v>19580</v>
+      </c>
+      <c r="D142" s="61"/>
+      <c r="E142" s="60">
+        <v>21170</v>
+      </c>
+      <c r="F142" s="61"/>
+      <c r="G142" s="60">
+        <v>26720</v>
+      </c>
+      <c r="H142" s="61"/>
+      <c r="I142" s="60">
+        <v>30400</v>
+      </c>
+      <c r="J142" s="61"/>
     </row>
     <row r="143" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A143" s="23"/>
+      <c r="A143" s="27"/>
       <c r="B143" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C143" s="60">
-[...14 lines deleted...]
-      <c r="J143" s="61"/>
+      <c r="C143" s="58">
+        <v>14990</v>
+      </c>
+      <c r="D143" s="59"/>
+      <c r="E143" s="58">
+        <v>16170</v>
+      </c>
+      <c r="F143" s="59"/>
+      <c r="G143" s="58">
+        <v>19180</v>
+      </c>
+      <c r="H143" s="59"/>
+      <c r="I143" s="58">
+        <v>21110</v>
+      </c>
+      <c r="J143" s="59"/>
     </row>
     <row r="144" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="22"/>
+      <c r="A144" s="28"/>
       <c r="B144" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C144" s="60">
-[...28 lines deleted...]
-      <c r="J145" s="71"/>
+      <c r="C144" s="58">
+        <v>9180</v>
+      </c>
+      <c r="D144" s="59"/>
+      <c r="E144" s="58">
+        <v>9790</v>
+      </c>
+      <c r="F144" s="59"/>
+      <c r="G144" s="58">
+        <v>11370</v>
+      </c>
+      <c r="H144" s="59"/>
+      <c r="I144" s="58">
+        <v>12390</v>
+      </c>
+      <c r="J144" s="59"/>
+    </row>
+    <row r="145" spans="1:10" s="21" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B145" s="23"/>
+      <c r="C145" s="23"/>
+      <c r="D145" s="23"/>
+      <c r="E145" s="23"/>
+      <c r="F145" s="23"/>
+      <c r="G145" s="23"/>
+      <c r="H145" s="23"/>
+      <c r="I145" s="23"/>
+      <c r="J145" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="564">
-    <mergeCell ref="A145:J145"/>
+    <mergeCell ref="C142:D142"/>
+    <mergeCell ref="E142:F142"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="I142:J142"/>
+    <mergeCell ref="C138:D138"/>
+    <mergeCell ref="E138:F138"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="I138:J138"/>
+    <mergeCell ref="C140:D140"/>
+    <mergeCell ref="E140:F140"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="I140:J140"/>
+    <mergeCell ref="C141:D141"/>
+    <mergeCell ref="E141:F141"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="I141:J141"/>
+    <mergeCell ref="C134:D134"/>
+    <mergeCell ref="E134:F134"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="I134:J134"/>
     <mergeCell ref="C143:D143"/>
     <mergeCell ref="E143:F143"/>
     <mergeCell ref="G143:H143"/>
     <mergeCell ref="I143:J143"/>
     <mergeCell ref="C144:D144"/>
     <mergeCell ref="E144:F144"/>
     <mergeCell ref="G144:H144"/>
     <mergeCell ref="I144:J144"/>
-    <mergeCell ref="A142:A144"/>
-[...23 lines deleted...]
-    <mergeCell ref="I138:J138"/>
     <mergeCell ref="C135:D135"/>
     <mergeCell ref="E135:F135"/>
     <mergeCell ref="G135:H135"/>
     <mergeCell ref="I135:J135"/>
     <mergeCell ref="C136:D136"/>
     <mergeCell ref="E136:F136"/>
     <mergeCell ref="G136:H136"/>
     <mergeCell ref="I136:J136"/>
-    <mergeCell ref="C133:D133"/>
-[...6 lines deleted...]
-    <mergeCell ref="I134:J134"/>
+    <mergeCell ref="C137:D137"/>
+    <mergeCell ref="E137:F137"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="I137:J137"/>
+    <mergeCell ref="C127:D127"/>
+    <mergeCell ref="E127:F127"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="I127:J127"/>
+    <mergeCell ref="C139:D139"/>
+    <mergeCell ref="E139:F139"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="I139:J139"/>
+    <mergeCell ref="C130:D130"/>
+    <mergeCell ref="E130:F130"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="I130:J130"/>
     <mergeCell ref="C131:D131"/>
     <mergeCell ref="E131:F131"/>
     <mergeCell ref="G131:H131"/>
     <mergeCell ref="I131:J131"/>
     <mergeCell ref="C132:D132"/>
     <mergeCell ref="E132:F132"/>
     <mergeCell ref="G132:H132"/>
     <mergeCell ref="I132:J132"/>
-    <mergeCell ref="C129:D129"/>
-[...14 lines deleted...]
-    <mergeCell ref="I128:J128"/>
+    <mergeCell ref="C133:D133"/>
+    <mergeCell ref="E133:F133"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="I133:J133"/>
+    <mergeCell ref="C123:D123"/>
+    <mergeCell ref="E123:F123"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="I123:J123"/>
     <mergeCell ref="C125:D125"/>
     <mergeCell ref="E125:F125"/>
     <mergeCell ref="G125:H125"/>
     <mergeCell ref="I125:J125"/>
     <mergeCell ref="C126:D126"/>
     <mergeCell ref="E126:F126"/>
     <mergeCell ref="G126:H126"/>
     <mergeCell ref="I126:J126"/>
-    <mergeCell ref="C123:D123"/>
-[...6 lines deleted...]
-    <mergeCell ref="I124:J124"/>
+    <mergeCell ref="C119:D119"/>
+    <mergeCell ref="E119:F119"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="I119:J119"/>
+    <mergeCell ref="C128:D128"/>
+    <mergeCell ref="E128:F128"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="I128:J128"/>
+    <mergeCell ref="C129:D129"/>
+    <mergeCell ref="E129:F129"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="I129:J129"/>
+    <mergeCell ref="C120:D120"/>
+    <mergeCell ref="E120:F120"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="I120:J120"/>
     <mergeCell ref="C121:D121"/>
     <mergeCell ref="E121:F121"/>
     <mergeCell ref="G121:H121"/>
     <mergeCell ref="I121:J121"/>
     <mergeCell ref="C122:D122"/>
     <mergeCell ref="E122:F122"/>
     <mergeCell ref="G122:H122"/>
     <mergeCell ref="I122:J122"/>
-    <mergeCell ref="C119:D119"/>
-[...6 lines deleted...]
-    <mergeCell ref="I120:J120"/>
+    <mergeCell ref="C112:D112"/>
+    <mergeCell ref="E112:F112"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="I112:J112"/>
+    <mergeCell ref="C124:D124"/>
+    <mergeCell ref="E124:F124"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="I124:J124"/>
+    <mergeCell ref="C115:D115"/>
+    <mergeCell ref="E115:F115"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="I115:J115"/>
+    <mergeCell ref="C116:D116"/>
+    <mergeCell ref="E116:F116"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="I116:J116"/>
     <mergeCell ref="C117:D117"/>
     <mergeCell ref="E117:F117"/>
     <mergeCell ref="G117:H117"/>
     <mergeCell ref="I117:J117"/>
     <mergeCell ref="C118:D118"/>
     <mergeCell ref="E118:F118"/>
     <mergeCell ref="G118:H118"/>
     <mergeCell ref="I118:J118"/>
-    <mergeCell ref="C115:D115"/>
-[...6 lines deleted...]
-    <mergeCell ref="I116:J116"/>
+    <mergeCell ref="C109:D109"/>
+    <mergeCell ref="E109:F109"/>
+    <mergeCell ref="C110:D110"/>
+    <mergeCell ref="E110:F110"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="I110:J110"/>
+    <mergeCell ref="C111:D111"/>
+    <mergeCell ref="E111:F111"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="I111:J111"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="I102:J102"/>
     <mergeCell ref="C113:D113"/>
     <mergeCell ref="E113:F113"/>
     <mergeCell ref="G113:H113"/>
     <mergeCell ref="I113:J113"/>
     <mergeCell ref="C114:D114"/>
     <mergeCell ref="E114:F114"/>
     <mergeCell ref="G114:H114"/>
     <mergeCell ref="I114:J114"/>
-    <mergeCell ref="C111:D111"/>
-[...20 lines deleted...]
-    <mergeCell ref="I107:J108"/>
     <mergeCell ref="C103:D103"/>
     <mergeCell ref="E103:F103"/>
     <mergeCell ref="G103:H103"/>
     <mergeCell ref="I103:J103"/>
     <mergeCell ref="C104:D104"/>
     <mergeCell ref="E104:F104"/>
     <mergeCell ref="G104:H104"/>
     <mergeCell ref="I104:J104"/>
-    <mergeCell ref="C101:D101"/>
-[...6 lines deleted...]
-    <mergeCell ref="I102:J102"/>
+    <mergeCell ref="C105:J105"/>
+    <mergeCell ref="C106:J106"/>
+    <mergeCell ref="C107:D108"/>
+    <mergeCell ref="E107:F108"/>
+    <mergeCell ref="G107:H108"/>
+    <mergeCell ref="I107:J108"/>
+    <mergeCell ref="C95:D95"/>
+    <mergeCell ref="E95:F95"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="I95:J95"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="I109:J109"/>
+    <mergeCell ref="C98:D98"/>
+    <mergeCell ref="E98:F98"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="I98:J98"/>
     <mergeCell ref="C99:D99"/>
     <mergeCell ref="E99:F99"/>
     <mergeCell ref="G99:H99"/>
     <mergeCell ref="I99:J99"/>
     <mergeCell ref="C100:D100"/>
     <mergeCell ref="E100:F100"/>
     <mergeCell ref="G100:H100"/>
     <mergeCell ref="I100:J100"/>
-    <mergeCell ref="C97:D97"/>
-[...14 lines deleted...]
-    <mergeCell ref="I96:J96"/>
+    <mergeCell ref="C101:D101"/>
+    <mergeCell ref="E101:F101"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="I101:J101"/>
+    <mergeCell ref="C102:D102"/>
+    <mergeCell ref="E102:F102"/>
+    <mergeCell ref="C91:D91"/>
+    <mergeCell ref="E91:F91"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="I91:J91"/>
     <mergeCell ref="C93:D93"/>
     <mergeCell ref="E93:F93"/>
     <mergeCell ref="G93:H93"/>
     <mergeCell ref="I93:J93"/>
     <mergeCell ref="C94:D94"/>
     <mergeCell ref="E94:F94"/>
     <mergeCell ref="G94:H94"/>
     <mergeCell ref="I94:J94"/>
-    <mergeCell ref="C91:D91"/>
-[...6 lines deleted...]
-    <mergeCell ref="I92:J92"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="E87:F87"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="I87:J87"/>
+    <mergeCell ref="C96:D96"/>
+    <mergeCell ref="E96:F96"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="I96:J96"/>
+    <mergeCell ref="C97:D97"/>
+    <mergeCell ref="E97:F97"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="I97:J97"/>
+    <mergeCell ref="C88:D88"/>
+    <mergeCell ref="E88:F88"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="I88:J88"/>
     <mergeCell ref="C89:D89"/>
     <mergeCell ref="E89:F89"/>
     <mergeCell ref="G89:H89"/>
     <mergeCell ref="I89:J89"/>
     <mergeCell ref="C90:D90"/>
     <mergeCell ref="E90:F90"/>
     <mergeCell ref="G90:H90"/>
     <mergeCell ref="I90:J90"/>
-    <mergeCell ref="C87:D87"/>
-[...6 lines deleted...]
-    <mergeCell ref="I88:J88"/>
+    <mergeCell ref="C80:D80"/>
+    <mergeCell ref="E80:F80"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="I80:J80"/>
+    <mergeCell ref="C92:D92"/>
+    <mergeCell ref="E92:F92"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="I92:J92"/>
+    <mergeCell ref="C83:D83"/>
+    <mergeCell ref="E83:F83"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="I83:J83"/>
+    <mergeCell ref="C84:D84"/>
+    <mergeCell ref="E84:F84"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="I84:J84"/>
     <mergeCell ref="C85:D85"/>
     <mergeCell ref="E85:F85"/>
     <mergeCell ref="G85:H85"/>
     <mergeCell ref="I85:J85"/>
     <mergeCell ref="C86:D86"/>
     <mergeCell ref="E86:F86"/>
     <mergeCell ref="G86:H86"/>
     <mergeCell ref="I86:J86"/>
-    <mergeCell ref="C83:D83"/>
-[...6 lines deleted...]
-    <mergeCell ref="I84:J84"/>
+    <mergeCell ref="C76:D77"/>
+    <mergeCell ref="E76:F77"/>
+    <mergeCell ref="C78:D78"/>
+    <mergeCell ref="E78:F78"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="I78:J78"/>
+    <mergeCell ref="C79:D79"/>
+    <mergeCell ref="E79:F79"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="I79:J79"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="I70:J70"/>
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="E81:F81"/>
     <mergeCell ref="G81:H81"/>
     <mergeCell ref="I81:J81"/>
     <mergeCell ref="C82:D82"/>
     <mergeCell ref="E82:F82"/>
     <mergeCell ref="G82:H82"/>
     <mergeCell ref="I82:J82"/>
-    <mergeCell ref="C79:D79"/>
-[...20 lines deleted...]
-    <mergeCell ref="C75:J75"/>
     <mergeCell ref="C71:D71"/>
     <mergeCell ref="E71:F71"/>
     <mergeCell ref="G71:H71"/>
     <mergeCell ref="I71:J71"/>
     <mergeCell ref="C72:D72"/>
     <mergeCell ref="E72:F72"/>
     <mergeCell ref="G72:H72"/>
     <mergeCell ref="I72:J72"/>
-    <mergeCell ref="C69:D69"/>
-[...6 lines deleted...]
-    <mergeCell ref="I70:J70"/>
+    <mergeCell ref="C73:D73"/>
+    <mergeCell ref="E73:F73"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="I73:J73"/>
+    <mergeCell ref="C74:J74"/>
+    <mergeCell ref="C75:J75"/>
+    <mergeCell ref="C63:D63"/>
+    <mergeCell ref="E63:F63"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="I63:J63"/>
+    <mergeCell ref="G76:H77"/>
+    <mergeCell ref="I76:J77"/>
+    <mergeCell ref="C66:D66"/>
+    <mergeCell ref="E66:F66"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="I66:J66"/>
     <mergeCell ref="C67:D67"/>
     <mergeCell ref="E67:F67"/>
     <mergeCell ref="G67:H67"/>
     <mergeCell ref="I67:J67"/>
     <mergeCell ref="C68:D68"/>
     <mergeCell ref="E68:F68"/>
     <mergeCell ref="G68:H68"/>
     <mergeCell ref="I68:J68"/>
-    <mergeCell ref="C65:D65"/>
-[...14 lines deleted...]
-    <mergeCell ref="I64:J64"/>
+    <mergeCell ref="C69:D69"/>
+    <mergeCell ref="E69:F69"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="I69:J69"/>
+    <mergeCell ref="C70:D70"/>
+    <mergeCell ref="E70:F70"/>
+    <mergeCell ref="C59:D59"/>
+    <mergeCell ref="E59:F59"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="I59:J59"/>
     <mergeCell ref="C61:D61"/>
     <mergeCell ref="E61:F61"/>
     <mergeCell ref="G61:H61"/>
     <mergeCell ref="I61:J61"/>
     <mergeCell ref="C62:D62"/>
     <mergeCell ref="E62:F62"/>
     <mergeCell ref="G62:H62"/>
     <mergeCell ref="I62:J62"/>
-    <mergeCell ref="C59:D59"/>
-[...6 lines deleted...]
-    <mergeCell ref="I60:J60"/>
+    <mergeCell ref="C55:D55"/>
+    <mergeCell ref="E55:F55"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="I55:J55"/>
+    <mergeCell ref="C64:D64"/>
+    <mergeCell ref="E64:F64"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="I64:J64"/>
+    <mergeCell ref="C65:D65"/>
+    <mergeCell ref="E65:F65"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="I65:J65"/>
+    <mergeCell ref="C56:D56"/>
+    <mergeCell ref="E56:F56"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="I56:J56"/>
     <mergeCell ref="C57:D57"/>
     <mergeCell ref="E57:F57"/>
     <mergeCell ref="G57:H57"/>
     <mergeCell ref="I57:J57"/>
     <mergeCell ref="C58:D58"/>
     <mergeCell ref="E58:F58"/>
     <mergeCell ref="G58:H58"/>
     <mergeCell ref="I58:J58"/>
-    <mergeCell ref="C55:D55"/>
-[...6 lines deleted...]
-    <mergeCell ref="I56:J56"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="C60:D60"/>
+    <mergeCell ref="E60:F60"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="I60:J60"/>
+    <mergeCell ref="C51:D51"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="C52:D52"/>
+    <mergeCell ref="E52:F52"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="I52:J52"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="E53:F53"/>
     <mergeCell ref="G53:H53"/>
     <mergeCell ref="I53:J53"/>
     <mergeCell ref="C54:D54"/>
     <mergeCell ref="E54:F54"/>
     <mergeCell ref="G54:H54"/>
     <mergeCell ref="I54:J54"/>
-    <mergeCell ref="C51:D51"/>
-[...6 lines deleted...]
-    <mergeCell ref="I52:J52"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="I40:J40"/>
     <mergeCell ref="C49:D49"/>
     <mergeCell ref="E49:F49"/>
     <mergeCell ref="G49:H49"/>
     <mergeCell ref="I49:J49"/>
     <mergeCell ref="C50:D50"/>
     <mergeCell ref="E50:F50"/>
     <mergeCell ref="G50:H50"/>
     <mergeCell ref="I50:J50"/>
-    <mergeCell ref="C47:D47"/>
-[...22 lines deleted...]
-    <mergeCell ref="I44:J44"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="E41:F41"/>
     <mergeCell ref="G41:H41"/>
     <mergeCell ref="I41:J41"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="E42:F42"/>
     <mergeCell ref="G42:H42"/>
     <mergeCell ref="I42:J42"/>
-    <mergeCell ref="C39:D39"/>
-[...6 lines deleted...]
-    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="C35:J35"/>
     <mergeCell ref="C36:D37"/>
     <mergeCell ref="E36:F37"/>
     <mergeCell ref="G36:H37"/>
     <mergeCell ref="I36:J37"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="E38:F38"/>
     <mergeCell ref="G38:H38"/>
     <mergeCell ref="I38:J38"/>
+    <mergeCell ref="C39:D39"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="I31:J31"/>
+    <mergeCell ref="I24:J24"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="E33:F33"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="I33:J33"/>
     <mergeCell ref="C34:J34"/>
-    <mergeCell ref="C35:J35"/>
-[...15 lines deleted...]
-    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="I25:J25"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="I26:J26"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="G27:H27"/>
     <mergeCell ref="I27:J27"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="E28:F28"/>
     <mergeCell ref="G28:H28"/>
     <mergeCell ref="I28:J28"/>
-    <mergeCell ref="C25:D25"/>
-[...14 lines deleted...]
-    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="I11:J11"/>
+    <mergeCell ref="I29:J29"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="I20:J20"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="G21:H21"/>
     <mergeCell ref="I21:J21"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="I22:J22"/>
-    <mergeCell ref="C19:D19"/>
-[...14 lines deleted...]
-    <mergeCell ref="I12:J12"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="I8:J8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="I10:J10"/>
-    <mergeCell ref="C7:D7"/>
-[...6 lines deleted...]
-    <mergeCell ref="I8:J8"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="I6:J6"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="I7:J7"/>
+    <mergeCell ref="A28:A30"/>
+    <mergeCell ref="A25:A27"/>
+    <mergeCell ref="A22:A24"/>
+    <mergeCell ref="A13:A15"/>
+    <mergeCell ref="A16:A18"/>
+    <mergeCell ref="A19:A21"/>
     <mergeCell ref="C1:J1"/>
     <mergeCell ref="C2:J2"/>
     <mergeCell ref="C3:D4"/>
     <mergeCell ref="E3:F4"/>
     <mergeCell ref="G3:H4"/>
     <mergeCell ref="I3:J4"/>
-    <mergeCell ref="A139:A141"/>
-[...5 lines deleted...]
-    <mergeCell ref="A121:A123"/>
+    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="A1:A4"/>
+    <mergeCell ref="B1:B4"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="I12:J12"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="I19:J19"/>
+    <mergeCell ref="A74:A77"/>
+    <mergeCell ref="B74:B77"/>
+    <mergeCell ref="A71:A73"/>
+    <mergeCell ref="A68:A70"/>
+    <mergeCell ref="A65:A67"/>
+    <mergeCell ref="A38:A40"/>
+    <mergeCell ref="A34:A37"/>
+    <mergeCell ref="B34:B37"/>
+    <mergeCell ref="A31:A33"/>
     <mergeCell ref="A118:A120"/>
     <mergeCell ref="A115:A117"/>
     <mergeCell ref="A112:A114"/>
     <mergeCell ref="A109:A111"/>
     <mergeCell ref="A105:A108"/>
+    <mergeCell ref="A87:A89"/>
+    <mergeCell ref="A84:A86"/>
+    <mergeCell ref="A81:A83"/>
+    <mergeCell ref="A78:A80"/>
+    <mergeCell ref="A145:J145"/>
     <mergeCell ref="B105:B108"/>
     <mergeCell ref="A102:A104"/>
     <mergeCell ref="A99:A101"/>
     <mergeCell ref="A96:A98"/>
     <mergeCell ref="A93:A95"/>
     <mergeCell ref="A90:A92"/>
-    <mergeCell ref="A87:A89"/>
-[...7 lines deleted...]
-    <mergeCell ref="A65:A67"/>
+    <mergeCell ref="A10:A12"/>
+    <mergeCell ref="A142:A144"/>
+    <mergeCell ref="A139:A141"/>
     <mergeCell ref="A62:A64"/>
     <mergeCell ref="A59:A61"/>
     <mergeCell ref="A56:A58"/>
     <mergeCell ref="A53:A55"/>
     <mergeCell ref="A50:A52"/>
     <mergeCell ref="A47:A49"/>
     <mergeCell ref="A44:A46"/>
     <mergeCell ref="A41:A43"/>
-    <mergeCell ref="A10:A12"/>
-[...13 lines deleted...]
-    <mergeCell ref="A19:A21"/>
+    <mergeCell ref="A136:A138"/>
+    <mergeCell ref="A133:A135"/>
+    <mergeCell ref="A130:A132"/>
+    <mergeCell ref="A127:A129"/>
+    <mergeCell ref="A124:A126"/>
+    <mergeCell ref="A121:A123"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283461" right="0.70866141732283461" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="65" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс +7% и +10%</vt:lpstr>
+      <vt:lpstr>2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stanislav Kalyuzhny</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>